--- v0 (2025-11-09)
+++ v1 (2026-03-16)
@@ -1,140 +1,179 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6B2FAEF3" w14:textId="78D46BFC" w:rsidR="00391877" w:rsidRDefault="00836E35" w:rsidP="00CD5E1B">
       <w:pPr>
         <w:pStyle w:val="Inhaltsverzeichnisberschrift"/>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Promozione della qualità</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28AC0C09" w14:textId="16D9E29B" w:rsidR="009221B5" w:rsidRPr="00391877" w:rsidRDefault="00065AF2" w:rsidP="00391877">
+    <w:p w14:paraId="28AC0C09" w14:textId="578F9873" w:rsidR="009221B5" w:rsidRPr="00391877" w:rsidRDefault="00065AF2" w:rsidP="00391877">
       <w:pPr>
         <w:pStyle w:val="Inhaltsverzeichnisberschrift"/>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="FF66FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF66FF"/>
         </w:rPr>
-        <w:t>Percorso per ciaspole segnalato</w:t>
+        <w:t xml:space="preserve">Percorso per </w:t>
+      </w:r>
+      <w:r w:rsidR="00E06BD6">
+        <w:rPr>
+          <w:color w:val="FF66FF"/>
+        </w:rPr>
+        <w:t>sentieri per ciaspole</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF66FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> segnalato</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF66FF"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk62129620"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="3BB678B3" w14:textId="77777777" w:rsidR="009221B5" w:rsidRDefault="009221B5" w:rsidP="009221B5">
       <w:pPr>
         <w:pStyle w:val="Indexberschrift"/>
       </w:pPr>
       <w:r>
         <w:t>Scopo del sopralluogo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62414072" w14:textId="0C67A8C1" w:rsidR="009221B5" w:rsidRDefault="00E77950" w:rsidP="009221B5">
+    <w:p w14:paraId="62414072" w14:textId="4FA32EE3" w:rsidR="009221B5" w:rsidRDefault="00E77950" w:rsidP="009221B5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>È importante controllare la qualità dei percors</w:t>
+        <w:t xml:space="preserve">È importante controllare la qualità dei </w:t>
       </w:r>
-      <w:r w:rsidR="001763FB">
-        <w:t>i</w:t>
+      <w:r w:rsidR="004037C3" w:rsidRPr="004037C3">
+        <w:t>sentieri per ciaspole</w:t>
+      </w:r>
+      <w:r w:rsidR="004037C3">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> per ciaspole segnalati e la comunicazione che li riguarda Dopo il sopralluogo, le criticità riscontrate e le eventuali misure da adottare vanno descritte in dettaglio nelle schede di segnalazione.</w:t>
+        <w:t xml:space="preserve">segnalati e la comunicazione che li </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>riguarda</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Dopo il sopralluogo, le criticità riscontrate e le eventuali misure da adottare vanno descritte in dettaglio nelle schede di segnalazione.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EF91FF0" w14:textId="39A1870A" w:rsidR="00546A97" w:rsidRDefault="00546A97" w:rsidP="009221B5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Si consiglia al promotore di percorrere ogni itinerario almeno una volta durante la stagione (preferibilmente all’inizio) seguendo i criteri della lista di controllo riportata in questo documento (a partire da pagina 3).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062D2501" w14:textId="60A38BC1" w:rsidR="007B7FF2" w:rsidRDefault="007B7FF2" w:rsidP="007B7FF2">
+    <w:p w14:paraId="062D2501" w14:textId="0CFDBB7A" w:rsidR="007B7FF2" w:rsidRDefault="007B7FF2" w:rsidP="007B7FF2">
       <w:pPr>
         <w:pStyle w:val="Indexberschrift"/>
       </w:pPr>
       <w:r>
-        <w:t>Definizione di percorso per ciaspole (secondo la guida)</w:t>
+        <w:t xml:space="preserve">Definizione di </w:t>
+      </w:r>
+      <w:r w:rsidR="004037C3" w:rsidRPr="004037C3">
+        <w:t>sentieri per ciaspole</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (secondo la guida)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CA9C4E" w14:textId="216716E0" w:rsidR="00BA6D1B" w:rsidRDefault="00BA6D1B" w:rsidP="00B73CF0">
+    <w:p w14:paraId="22CA9C4E" w14:textId="05DA8FAB" w:rsidR="00BA6D1B" w:rsidRDefault="00BA6D1B" w:rsidP="00B73CF0">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>I percorsi per ciaspole sono itinerari segnalati, innevati, accessibili al pubblico e destinati a utenti che si spostano con le ciaspole (note anche come racchette da neve). Si snodano generalmente lontano dai sentieri preparati e non vengono tracciati. I passaggi più difficili sono di regola messi in sicurezza.</w:t>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="0025113B" w:rsidRPr="0025113B">
+        <w:t>sentieri per ciaspole</w:t>
+      </w:r>
+      <w:r w:rsidR="0025113B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sono itinerari segnalati, innevati, accessibili al pubblico e destinati a utenti che si spostano con le ciaspole (note anche come racchette da neve). Si snodano generalmente lontano dai sentieri preparati e non vengono tracciati. I passaggi più difficili sono di regola messi in sicurezza.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FAC71BB" w14:textId="6465CAFC" w:rsidR="002F1350" w:rsidRPr="002F1350" w:rsidRDefault="002F1350" w:rsidP="002F1350">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Grado di difficoltà fisica</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C19889D" w14:textId="0F2F3DA6" w:rsidR="002F1350" w:rsidRDefault="002F1350" w:rsidP="00B31DE8">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -275,177 +314,173 @@
         </w:rPr>
         <w:t>nero</w:t>
       </w:r>
       <w:r>
         <w:t>): percorsi spesso ripidi ed esposti che richiedono una buona tecnica. Le misure di sicurezza si limitano ai tratti particolarmente esposti con pericolo di caduta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6A46E6" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00005220" w:rsidRDefault="005648E6" w:rsidP="00005220"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4216"/>
         <w:gridCol w:w="4505"/>
       </w:tblGrid>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="5E096474" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FAB69DF" w14:textId="3D52AEC6" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t>Indicazioni sul sopralluogo effettuato</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="10460E43" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="295FAB2E" w14:textId="62218DBD" w:rsidR="005648E6" w:rsidRPr="00FD05D3" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2583" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5636D2E9" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00FD05D3" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="192B736B" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A9DDD1B" w14:textId="32109DC4" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
               </w:rPr>
               <w:t>Persona/e presente/i</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2583" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="45383A90" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="5124E4AD" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="32F77FD4" w14:textId="7BF968F3" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="00A751EF" w:rsidP="0075371F">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rStyle w:val="Fett"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Fett"/>
               </w:rPr>
               <w:t>Itinerario percorso</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BEFA515" w14:textId="7AA2EA06" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="005648E6" w:rsidP="005648E6">
             <w:pPr>
               <w:pStyle w:val="Aufzhlungszeichen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
@@ -528,221 +563,240 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5525"/>
         <w:gridCol w:w="3118"/>
       </w:tblGrid>
       <w:tr w:rsidR="00891785" w:rsidRPr="00D53D2D" w14:paraId="201CECD8" w14:textId="77777777" w:rsidTr="00005220">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AF7D115" w14:textId="1A444EB8" w:rsidR="00891785" w:rsidRDefault="00891785" w:rsidP="00005220">
+          <w:p w14:paraId="4AF7D115" w14:textId="4DD75CDB" w:rsidR="00891785" w:rsidRDefault="00891785" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
-              <w:t>Indicazioni sul percorso per ciaspole</w:t>
+              <w:t xml:space="preserve">Indicazioni sul </w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3" w:rsidRPr="004037C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
+                <w:b/>
+                <w:color w:val="FF00FF"/>
+              </w:rPr>
+              <w:t>sentier</w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
+                <w:b/>
+                <w:color w:val="FF00FF"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3" w:rsidRPr="004037C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
+                <w:b/>
+                <w:color w:val="FF00FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> per ciaspole</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE70DE" w:rsidRPr="00D53D2D" w14:paraId="67B34473" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="44971F86" w14:textId="498C9A4C" w:rsidR="00CE70DE" w:rsidRPr="009915B5" w:rsidRDefault="00CE70DE" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Promotore</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="74A13676" w14:textId="691E6C90" w:rsidR="00CE70DE" w:rsidRPr="009915B5" w:rsidRDefault="00CE70DE" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Nome</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00891785" w:rsidRPr="00D53D2D" w14:paraId="26E12AF6" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10B6E89F" w14:textId="004798EB" w:rsidR="00891785" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Descrizione del percorso da parte del promotore (link web)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5406E08C" w14:textId="25DBBE87" w:rsidR="00891785" w:rsidRPr="009915B5" w:rsidRDefault="00A751EF" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="5FCA1642" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="63999D23" w14:textId="71348C6E" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Punto di partenza – punto di arrivo (toponimo o coordinate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="172E218F" w14:textId="1ED120A6" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx - xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="3F4EF8A0" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2739D983" w14:textId="0DE073B1" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome del percorso </w:t>
             </w:r>
             <w:r>
               <w:t>| Lettera o numero</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76C2F8E8" w14:textId="6586164F" w:rsidR="00083398" w:rsidRPr="009915B5" w:rsidRDefault="00083398" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:t>oppure</w:t>
@@ -800,99 +854,97 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5496FC04" w14:textId="6412B042" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="005648E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Numero </w:t>
             </w:r>
             <w:r>
               <w:t>| Nome | Link web</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="1373EE06" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53A4DD6D" w14:textId="753A70DC" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Distanza [idealmente fino a 10 km] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76CF8D7D" w14:textId="5E08958A" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">x km </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="43E4824D" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="425C5642" w14:textId="4D06401B" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Salita </w:t>
             </w:r>
             <w:r>
               <w:t>| Discesa (metri di dislivello)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
@@ -907,592 +959,579 @@
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">x m </w:t>
             </w:r>
             <w:r>
               <w:t>|</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve"> x m</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F1350" w:rsidRPr="00D53D2D" w14:paraId="57965775" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D8A3595" w14:textId="4AD86AA6" w:rsidR="002F1350" w:rsidRPr="009915B5" w:rsidRDefault="002F1350" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Grado di difficoltà fisica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A367E41" w14:textId="2FBE4B95" w:rsidR="002F1350" w:rsidRPr="009915B5" w:rsidRDefault="006637FA" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="13FD82B7" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="617F0829" w14:textId="77777777" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Grado di difficoltà tecnica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6168FEA2" w14:textId="04F982DC" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="4447624E" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="61C20BC4" w14:textId="77777777" w:rsidR="00A17713" w:rsidRPr="00836E35" w:rsidRDefault="00A17713" w:rsidP="00A17713">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Osservazioni: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37BF630B" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="005648E6" w:rsidP="005648E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48129B42" w14:textId="4BC1F727" w:rsidR="00792BB4" w:rsidRDefault="00792BB4" w:rsidP="00005220"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5525"/>
         <w:gridCol w:w="3118"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="11F889AF" w14:textId="77777777" w:rsidTr="00005220">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708AA568" w14:textId="6C2C3A77" w:rsidR="00F76AE1" w:rsidRPr="00D67DBE" w:rsidRDefault="00F76AE1" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t xml:space="preserve">Persone competenti </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>(nome, telefono e e-mail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B73CF0" w:rsidRPr="00D53D2D" w14:paraId="73848C0E" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="750A69BA" w14:textId="6564D189" w:rsidR="00B73CF0" w:rsidRDefault="00B73CF0" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Persona di riferimento principale presso il promotore</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B86F57D" w14:textId="6BB2D4E5" w:rsidR="00B73CF0" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="4E22DA7F" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6C703599" w14:textId="687A0C2F" w:rsidR="005648E6" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Persona di riferimento per la pianificazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27C510D1" w14:textId="5B469763" w:rsidR="005648E6" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="63023F52" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="39F47FEB" w14:textId="44FC6407" w:rsidR="00F76AE1" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Persona di riferimento per la segnaletica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="73DC3C4D" w14:textId="295A8506" w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="2A44586B" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6844159D" w14:textId="60E9E25C" w:rsidR="00F76AE1" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Persona di riferimento per la gestione e la manutenzione </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16FE064C" w14:textId="17A139ED" w:rsidR="00F76AE1" w:rsidRPr="00D67DBE" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E77950" w:rsidRPr="00D53D2D" w14:paraId="3ADA6D8B" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00518CB2" w14:textId="34FCCA4E" w:rsidR="00E77950" w:rsidRDefault="00E77950" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Persona di riferimento per la sicurezza</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="538F486D" w14:textId="104BF5EB" w:rsidR="00E77950" w:rsidRDefault="00E77950" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="4B869958" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1B00CD4D" w14:textId="5D4C2D5F" w:rsidR="00F76AE1" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Persona di riferimento per la comunicazione e l’informazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="08D0C0F1" w14:textId="38207884" w:rsidR="00F76AE1" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="2BD124D7" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6C4A4AC6" w14:textId="77777777" w:rsidR="00A17713" w:rsidRPr="00836E35" w:rsidRDefault="00A17713" w:rsidP="00A17713">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Osservazioni: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="568AF476" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28C846C7" w14:textId="3D86173E" w:rsidR="0089648D" w:rsidRDefault="00D67DBE" w:rsidP="00005220">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7367"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="0B8635F3" w14:textId="77777777" w:rsidTr="006B528B">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2F4880E9" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t>Comunicazione / informazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="37ACAAB0" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4262" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="36D073CF" w14:textId="4231FC5A" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="00E77950" w:rsidP="0075371F">
             <w:r>
               <w:t>Il tracciato del percorso comunicato dal promotore è identico a quello segnalato in loco.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="75F79F71" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
@@ -1507,51 +1546,50 @@
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> sì </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> no</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="5ED3AE52" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4262" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="761CE67E" w14:textId="42EF2521" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Il carattere duraturo del tracciato è garantito.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4DC377B1" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
@@ -1569,99 +1607,112 @@
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> sì </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> no</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="7D2B027E" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4262" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79D364A4" w14:textId="166DF9BB" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="00AF5AFA" w:rsidP="0075371F">
-[...4 lines deleted...]
-              <w:t>Il percorso per ciaspole è pubblicizzato sulle seguenti piattaforme online:</w:t>
+          <w:p w14:paraId="79D364A4" w14:textId="67EF703C" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="00AF5AFA" w:rsidP="0075371F">
+            <w:pPr>
+              <w:pStyle w:val="KeinLeerraum"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Il </w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3" w:rsidRPr="004037C3">
+              <w:t>sentier</w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3" w:rsidRPr="004037C3">
+              <w:t xml:space="preserve"> per ciaspole</w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>è pubblicizzato sulle seguenti piattaforme online:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10A745F9" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRPr="00836E35" w:rsidRDefault="00B31DE8" w:rsidP="00B73CF0">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A79C731" w14:textId="4797410C" w:rsidR="00B73CF0" w:rsidRPr="00836E35" w:rsidRDefault="00B73CF0" w:rsidP="00B73CF0">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48804D87" w14:textId="0E0DEF05" w:rsidR="00B31DE8" w:rsidRPr="00722656" w:rsidRDefault="00B31DE8" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="24D64982" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79236F55" w14:textId="77777777" w:rsidR="00A17713" w:rsidRPr="00836E35" w:rsidRDefault="00A17713" w:rsidP="00A17713">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Osservazioni: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="177CABC4" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1776,51 +1827,50 @@
               <w:t>Qualità</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4322CC70" w14:textId="29DD7DB0" w:rsidR="004D0AB5" w:rsidRPr="00C12BCF" w:rsidRDefault="004D0AB5" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Scheda di segnalazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00726027" w14:paraId="37AED20B" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2436" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F0BD8B7" w14:textId="2781F695" w:rsidR="00726027" w:rsidRPr="00836E35" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t>L’itinerario è variato e interessante dal punto di vista paesaggistico.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1485C345" w14:textId="3742EF6B" w:rsidR="00726027" w:rsidRPr="00AC034F" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
@@ -1843,51 +1893,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> no</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6AA0D8EC" w14:textId="5E6E199D" w:rsidR="00726027" w:rsidRPr="00C27813" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00726027" w14:paraId="3F75114E" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2436" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C900E5A" w14:textId="763156E9" w:rsidR="00726027" w:rsidRPr="00836E35" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Il punto di partenza e il punto di arrivo sono collegati alla rete di trasporti pubblici. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3D839B24" w14:textId="2CCB804B" w:rsidR="00726027" w:rsidRPr="00AC034F" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
@@ -2278,51 +2327,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="445E0DED" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C12BCF" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Scheda di segnalazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="3EB6F452" w14:textId="77777777" w:rsidTr="006B528B">
         <w:trPr>
           <w:trHeight w:val="1640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79C84971" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Incrocio con/attraversamento di </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13B67980" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>una pista da slitta</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A5FEA4E" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
@@ -2696,51 +2744,50 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A4185CD" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>non necessaria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="6250AC2D" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BC7C888" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0A64BB9D" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2748,51 +2795,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="557E1DF9" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="7182DA35" w14:textId="77777777" w:rsidTr="006B528B">
         <w:trPr>
           <w:trHeight w:val="1681"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BEA2891" w14:textId="388D6BC4" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Tracciato del percorso parallelo a </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="712323EE" w14:textId="21D1EE91" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>un sentiero escursionistico invernale</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C2658D2" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
@@ -3228,108 +3274,121 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>non necessaria</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D90A7D1" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C45DB3" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="3BF533D6" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43FA28ED" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6F00E7BB" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C45DB3" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="10C6F6C2" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="0344F059" w14:textId="77777777" w:rsidTr="006B528B">
         <w:trPr>
           <w:trHeight w:val="1674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>Percorso per ciaspole sullo stesso tracciato di</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="48D27DE5" w14:textId="2D26716C" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="004037C3" w:rsidP="00595861">
+            <w:pPr>
+              <w:pStyle w:val="KeinLeerraum"/>
+            </w:pPr>
+            <w:r>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004037C3">
+              <w:t>entier</w:t>
+            </w:r>
+            <w:r>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004037C3">
+              <w:t xml:space="preserve"> per ciaspole</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B70055">
+              <w:t>sullo stesso tracciato di</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E349C46" w14:textId="19A10AD2" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>un sentiero escursionistico invernale</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="535BFA5A" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>una pista da slitta</w:t>
             </w:r>
@@ -3705,51 +3764,50 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>non necessaria</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="261B602A" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="6447C86E" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06C53C95" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1300" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="57B1E716" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3875,51 +3933,50 @@
               <w:t>Qualità</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="73425F32" w14:textId="0C2CD15A" w:rsidR="004F4E34" w:rsidRPr="00C12BCF" w:rsidRDefault="004F4E34" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Scheda di segnalazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F4E34" w:rsidRPr="00672402" w14:paraId="672E0164" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C667E3E" w14:textId="610A4CC8" w:rsidR="002E3BD1" w:rsidRPr="00836E35" w:rsidRDefault="004F05DA" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t>Manufatti (ponti, parapetti)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63307C0E" w14:textId="480FD94B" w:rsidR="00AC3D95" w:rsidRPr="00836E35" w:rsidRDefault="00AC3D95" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Se presenti, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C3D7679" w14:textId="3CA6A804" w:rsidR="002E3BD1" w:rsidRPr="00836E35" w:rsidRDefault="00AC3D95" w:rsidP="00005220">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
             </w:pPr>
@@ -4668,51 +4725,50 @@
               <w:t>Qualità</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="22B19BAF" w14:textId="1CD85346" w:rsidR="004F05DA" w:rsidRPr="00C12BCF" w:rsidRDefault="004F05DA" w:rsidP="005A0581">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Scheda di segnalazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00672402" w14:paraId="5A568903" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BD161DB" w14:textId="301B467D" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t>Indicatori di direzione e frecce direzionali</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21F10584" w14:textId="51BE1561" w:rsidR="00F42492" w:rsidRDefault="00A17713" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Colore di base rosa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0446F9E4" w14:textId="3D03DC49" w:rsidR="006E3305" w:rsidRDefault="006E3305" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
@@ -6375,51 +6431,50 @@
               <w:t>Qualità</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0285A253" w14:textId="77777777" w:rsidR="00322D91" w:rsidRPr="00C12BCF" w:rsidRDefault="00322D91" w:rsidP="005A0581">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Scheda di segnalazione</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00672402" w14:paraId="1A31D150" w14:textId="77777777" w:rsidTr="006B528B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C1B5B2C" w14:textId="63212705" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t>Segnali di conferma</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="508597AD" w14:textId="15DA7512" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>in stato ineccepibile</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="015F19B1" w14:textId="38BB5417" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
@@ -6780,83 +6835,111 @@
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="403B12A4" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C12BCF" w:rsidRDefault="00B70055" w:rsidP="00986FA5">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Qualità</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w14:paraId="6CA24C99" w14:textId="77777777" w:rsidTr="00B70055">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>Sul posto sono state adottate le seguenti misure per informare sul percorso per ciaspole:</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="5E11BA36" w14:textId="32450B75" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
+            <w:pPr>
+              <w:pStyle w:val="KeinLeerraum"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Sul posto sono state adottate le seguenti misure per informare sul </w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3" w:rsidRPr="004037C3">
+              <w:t>sentier</w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3" w:rsidRPr="004037C3">
+              <w:t xml:space="preserve"> per ciaspole</w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69218DB8" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>pannello informativo «Itinerari invernali»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4746BF75" w14:textId="2B3C0F74" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
+          <w:p w14:paraId="4746BF75" w14:textId="1C31A35F" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r>
-              <w:t>pannello informativo alla partenza del percorso per ciaspole xy</w:t>
-            </w:r>
+              <w:t xml:space="preserve">pannello informativo alla partenza del </w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3" w:rsidRPr="004037C3">
+              <w:t>sentier</w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3" w:rsidRPr="004037C3">
+              <w:t xml:space="preserve"> per ciaspole</w:t>
+            </w:r>
+            <w:r w:rsidR="004037C3">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>xy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="002BCFC3" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>pannello informativo sugli sport invernali</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2BCE20AA" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>stampati (flyer, opuscoli)</w:t>
             </w:r>
           </w:p>
@@ -9562,76 +9645,76 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="404214D7" w14:textId="014C91B7" w:rsidR="00586980" w:rsidRDefault="00586980" w:rsidP="00D53AEC">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00586980" w:rsidSect="00BC6D59">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1718" w:right="1474" w:bottom="1701" w:left="1701" w:header="646" w:footer="499" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B597486" w14:textId="77777777" w:rsidR="00901939" w:rsidRDefault="00901939" w:rsidP="007643E2">
+    <w:p w14:paraId="19C70656" w14:textId="77777777" w:rsidR="00525DD5" w:rsidRDefault="00525DD5" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6412A61F" w14:textId="77777777" w:rsidR="00901939" w:rsidRDefault="00901939" w:rsidP="007643E2">
+    <w:p w14:paraId="69213937" w14:textId="77777777" w:rsidR="00525DD5" w:rsidRDefault="00525DD5" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -9651,95 +9734,85 @@
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2DF7105B" w14:textId="77777777" w:rsidR="004F4E34" w:rsidRPr="00A12A60" w:rsidRDefault="004F4E34" w:rsidP="00B745B9">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8732"/>
         <w:tab w:val="right" w:pos="8731"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00C31C3A">
-[...13 lines deleted...]
-    </w:r>
+    <w:fldSimple w:instr=" NUMPAGES  ">
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+    </w:fldSimple>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3C47CF37" wp14:editId="29E54DE5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>540385</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9973310</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1022400" cy="432000"/>
           <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Grafik 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name=""/>
@@ -9761,51 +9834,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1022400" cy="432000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1669DDC8" w14:textId="083D48EA" w:rsidR="004F4E34" w:rsidRDefault="004F4E34">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3222F88C" wp14:editId="44F104DC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9984105</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1022350" cy="431800"/>
           <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Grafik 6"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -9831,89 +9904,97 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1022350" cy="431800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44DF2FFC" w14:textId="77777777" w:rsidR="00901939" w:rsidRDefault="00901939" w:rsidP="007643E2">
+    <w:p w14:paraId="6F963CE3" w14:textId="77777777" w:rsidR="00525DD5" w:rsidRDefault="00525DD5" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69AD3848" w14:textId="77777777" w:rsidR="00901939" w:rsidRDefault="00901939" w:rsidP="007643E2">
+    <w:p w14:paraId="40D7A4A9" w14:textId="77777777" w:rsidR="00525DD5" w:rsidRDefault="00525DD5" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F864AC9" w14:textId="5033D4B8" w:rsidR="004F4E34" w:rsidRDefault="004F4E34" w:rsidP="000C1766">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>Sentieri Svizzeri</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> | Monbijoustrasse 61 | 3007 Berna | T 031 370 10 20 | info@schweizer-wanderwege.ch</w:t>
+      <w:t xml:space="preserve"> | </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:t>Monbijoustrasse</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t xml:space="preserve"> 61 | 3007 Berna | T 031 370 10 20 | info@schweizer-wanderwege.ch</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="292CD33F" w14:textId="0AEDA1A2" w:rsidR="004F4E34" w:rsidRPr="00065AF2" w:rsidRDefault="004F4E34" w:rsidP="00065AF2">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Conto per donazioni PC 40-14552-5 | IBAN CH48 0900 0000 4001 4552 5 | </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>sentieri-svizzeri.c</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="546A9A04" wp14:editId="595E735B">
           <wp:simplePos x="0" y="0"/>
@@ -9959,51 +10040,51 @@
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>h</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F216E508"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EBA0DBAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -13612,176 +13693,176 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1160072266">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2004357029">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="562106908">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1072654600">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2044133466">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="324167615">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="31005610">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="629676634">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="718824462">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1656299224">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1902448803">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="586966714">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1616710477">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1646204125">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="413236649">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="393241903">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="758604004">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="682904008">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1748960638">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="228468789">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1385762364">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="318000203">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="550114759">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1604847854">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="640967169">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1004630456">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="74471791">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1929465924">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="151534545">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="842938995">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="467820609">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1875995875">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1266424526">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="207768136">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1800147065">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1806968641">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1286040377">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C27813"/>
     <w:rsid w:val="00004D3D"/>
     <w:rsid w:val="0000503C"/>
     <w:rsid w:val="00005220"/>
     <w:rsid w:val="00006733"/>
     <w:rsid w:val="0001449E"/>
     <w:rsid w:val="0001701D"/>
@@ -13841,50 +13922,51 @@
     <w:rsid w:val="00187250"/>
     <w:rsid w:val="001A376F"/>
     <w:rsid w:val="001A5938"/>
     <w:rsid w:val="001B1F50"/>
     <w:rsid w:val="001B30D3"/>
     <w:rsid w:val="001B6088"/>
     <w:rsid w:val="001C0668"/>
     <w:rsid w:val="001C57E7"/>
     <w:rsid w:val="001D1463"/>
     <w:rsid w:val="001D1A12"/>
     <w:rsid w:val="001E64B1"/>
     <w:rsid w:val="001F2571"/>
     <w:rsid w:val="001F475A"/>
     <w:rsid w:val="002031B0"/>
     <w:rsid w:val="00203F5B"/>
     <w:rsid w:val="00205D8A"/>
     <w:rsid w:val="002100BC"/>
     <w:rsid w:val="00213833"/>
     <w:rsid w:val="00223709"/>
     <w:rsid w:val="00224F4D"/>
     <w:rsid w:val="0023276A"/>
     <w:rsid w:val="00234273"/>
     <w:rsid w:val="0023607E"/>
     <w:rsid w:val="00240529"/>
     <w:rsid w:val="002415DC"/>
+    <w:rsid w:val="0025113B"/>
     <w:rsid w:val="00255D90"/>
     <w:rsid w:val="00257788"/>
     <w:rsid w:val="00260F20"/>
     <w:rsid w:val="00262C09"/>
     <w:rsid w:val="00263719"/>
     <w:rsid w:val="00270596"/>
     <w:rsid w:val="00271287"/>
     <w:rsid w:val="0027663B"/>
     <w:rsid w:val="002841CC"/>
     <w:rsid w:val="002901AE"/>
     <w:rsid w:val="00292BBB"/>
     <w:rsid w:val="002A7501"/>
     <w:rsid w:val="002C0072"/>
     <w:rsid w:val="002C021F"/>
     <w:rsid w:val="002C0340"/>
     <w:rsid w:val="002C18DE"/>
     <w:rsid w:val="002E15E4"/>
     <w:rsid w:val="002E3BD1"/>
     <w:rsid w:val="002E4845"/>
     <w:rsid w:val="002F1350"/>
     <w:rsid w:val="002F7539"/>
     <w:rsid w:val="00301332"/>
     <w:rsid w:val="00311B9C"/>
     <w:rsid w:val="00312FE2"/>
     <w:rsid w:val="00317A63"/>
@@ -13902,50 +13984,51 @@
     <w:rsid w:val="00346950"/>
     <w:rsid w:val="00354443"/>
     <w:rsid w:val="00360100"/>
     <w:rsid w:val="003662DA"/>
     <w:rsid w:val="00367E5C"/>
     <w:rsid w:val="003715E5"/>
     <w:rsid w:val="00372153"/>
     <w:rsid w:val="00382258"/>
     <w:rsid w:val="00391877"/>
     <w:rsid w:val="003925C2"/>
     <w:rsid w:val="00395CF8"/>
     <w:rsid w:val="003A2274"/>
     <w:rsid w:val="003A6801"/>
     <w:rsid w:val="003B06E8"/>
     <w:rsid w:val="003B4881"/>
     <w:rsid w:val="003B5E57"/>
     <w:rsid w:val="003D2867"/>
     <w:rsid w:val="003D2F34"/>
     <w:rsid w:val="003D6932"/>
     <w:rsid w:val="003E0D3D"/>
     <w:rsid w:val="003E1F47"/>
     <w:rsid w:val="003E6074"/>
     <w:rsid w:val="003E6FC1"/>
     <w:rsid w:val="003F5757"/>
     <w:rsid w:val="003F6DB9"/>
+    <w:rsid w:val="004037C3"/>
     <w:rsid w:val="00403F18"/>
     <w:rsid w:val="00406F77"/>
     <w:rsid w:val="00410C3B"/>
     <w:rsid w:val="00411F78"/>
     <w:rsid w:val="00412001"/>
     <w:rsid w:val="00414722"/>
     <w:rsid w:val="004177BF"/>
     <w:rsid w:val="0042372D"/>
     <w:rsid w:val="00430233"/>
     <w:rsid w:val="00431A75"/>
     <w:rsid w:val="00437575"/>
     <w:rsid w:val="00437ADE"/>
     <w:rsid w:val="0044002E"/>
     <w:rsid w:val="00441472"/>
     <w:rsid w:val="00441CEC"/>
     <w:rsid w:val="0045128D"/>
     <w:rsid w:val="004560CD"/>
     <w:rsid w:val="00461281"/>
     <w:rsid w:val="00467268"/>
     <w:rsid w:val="00475911"/>
     <w:rsid w:val="00475C51"/>
     <w:rsid w:val="00477002"/>
     <w:rsid w:val="00477EAE"/>
     <w:rsid w:val="00482B5A"/>
     <w:rsid w:val="00482E4B"/>
@@ -13954,50 +14037,51 @@
     <w:rsid w:val="004875F4"/>
     <w:rsid w:val="00490617"/>
     <w:rsid w:val="0049680B"/>
     <w:rsid w:val="004A4A71"/>
     <w:rsid w:val="004B5266"/>
     <w:rsid w:val="004B6C67"/>
     <w:rsid w:val="004C1197"/>
     <w:rsid w:val="004C1723"/>
     <w:rsid w:val="004D0AB5"/>
     <w:rsid w:val="004D2C04"/>
     <w:rsid w:val="004E4453"/>
     <w:rsid w:val="004F05DA"/>
     <w:rsid w:val="004F1274"/>
     <w:rsid w:val="004F2910"/>
     <w:rsid w:val="004F4E34"/>
     <w:rsid w:val="004F507D"/>
     <w:rsid w:val="004F6E8C"/>
     <w:rsid w:val="00500E2F"/>
     <w:rsid w:val="005014E1"/>
     <w:rsid w:val="00503A48"/>
     <w:rsid w:val="00506764"/>
     <w:rsid w:val="0051315B"/>
     <w:rsid w:val="005237E9"/>
     <w:rsid w:val="005245C6"/>
     <w:rsid w:val="005245E0"/>
+    <w:rsid w:val="00525DD5"/>
     <w:rsid w:val="00527092"/>
     <w:rsid w:val="00531D28"/>
     <w:rsid w:val="005339D3"/>
     <w:rsid w:val="00535166"/>
     <w:rsid w:val="0053779C"/>
     <w:rsid w:val="00537BFC"/>
     <w:rsid w:val="0054605B"/>
     <w:rsid w:val="0054605E"/>
     <w:rsid w:val="00546A97"/>
     <w:rsid w:val="0054735E"/>
     <w:rsid w:val="0055378C"/>
     <w:rsid w:val="005648E6"/>
     <w:rsid w:val="0057310F"/>
     <w:rsid w:val="0057337B"/>
     <w:rsid w:val="005767F4"/>
     <w:rsid w:val="00577404"/>
     <w:rsid w:val="005862D9"/>
     <w:rsid w:val="00586980"/>
     <w:rsid w:val="0059307B"/>
     <w:rsid w:val="00595E45"/>
     <w:rsid w:val="00597F3D"/>
     <w:rsid w:val="005B1C4D"/>
     <w:rsid w:val="005B5F9E"/>
     <w:rsid w:val="005B65D1"/>
     <w:rsid w:val="005C4EA9"/>
@@ -14067,50 +14151,51 @@
     <w:rsid w:val="007747A9"/>
     <w:rsid w:val="00780363"/>
     <w:rsid w:val="00781347"/>
     <w:rsid w:val="00783A94"/>
     <w:rsid w:val="007854B6"/>
     <w:rsid w:val="00785B4C"/>
     <w:rsid w:val="0078760E"/>
     <w:rsid w:val="00787754"/>
     <w:rsid w:val="00791479"/>
     <w:rsid w:val="00792BB4"/>
     <w:rsid w:val="00793417"/>
     <w:rsid w:val="00796338"/>
     <w:rsid w:val="007A1C95"/>
     <w:rsid w:val="007A74ED"/>
     <w:rsid w:val="007B0777"/>
     <w:rsid w:val="007B4AE1"/>
     <w:rsid w:val="007B7FF2"/>
     <w:rsid w:val="007C10C4"/>
     <w:rsid w:val="007C3AE8"/>
     <w:rsid w:val="007C6A23"/>
     <w:rsid w:val="007C76EB"/>
     <w:rsid w:val="007D2381"/>
     <w:rsid w:val="007D2454"/>
     <w:rsid w:val="007E07FE"/>
     <w:rsid w:val="007F0306"/>
+    <w:rsid w:val="007F0B18"/>
     <w:rsid w:val="007F287F"/>
     <w:rsid w:val="007F46EE"/>
     <w:rsid w:val="007F740E"/>
     <w:rsid w:val="0080327C"/>
     <w:rsid w:val="00805417"/>
     <w:rsid w:val="008222BE"/>
     <w:rsid w:val="0082298F"/>
     <w:rsid w:val="00824809"/>
     <w:rsid w:val="0082495C"/>
     <w:rsid w:val="008266F3"/>
     <w:rsid w:val="0083551D"/>
     <w:rsid w:val="00836E35"/>
     <w:rsid w:val="00842E8F"/>
     <w:rsid w:val="008441AB"/>
     <w:rsid w:val="00846C75"/>
     <w:rsid w:val="0085702E"/>
     <w:rsid w:val="0086357B"/>
     <w:rsid w:val="00863AE8"/>
     <w:rsid w:val="00871FB7"/>
     <w:rsid w:val="00873125"/>
     <w:rsid w:val="008801AB"/>
     <w:rsid w:val="00891785"/>
     <w:rsid w:val="0089648D"/>
     <w:rsid w:val="008A0614"/>
     <w:rsid w:val="008B00A4"/>
@@ -14291,50 +14376,51 @@
     <w:rsid w:val="00D4736A"/>
     <w:rsid w:val="00D53AEC"/>
     <w:rsid w:val="00D53D2D"/>
     <w:rsid w:val="00D54390"/>
     <w:rsid w:val="00D6124E"/>
     <w:rsid w:val="00D6425B"/>
     <w:rsid w:val="00D64788"/>
     <w:rsid w:val="00D654DA"/>
     <w:rsid w:val="00D67DBE"/>
     <w:rsid w:val="00D824C3"/>
     <w:rsid w:val="00D8467D"/>
     <w:rsid w:val="00D92213"/>
     <w:rsid w:val="00DA1C64"/>
     <w:rsid w:val="00DA523B"/>
     <w:rsid w:val="00DB52E9"/>
     <w:rsid w:val="00DC00A6"/>
     <w:rsid w:val="00DC46AD"/>
     <w:rsid w:val="00DC54AD"/>
     <w:rsid w:val="00DC58B1"/>
     <w:rsid w:val="00DC5957"/>
     <w:rsid w:val="00DC61AF"/>
     <w:rsid w:val="00DD0C9D"/>
     <w:rsid w:val="00DD5420"/>
     <w:rsid w:val="00DF5051"/>
     <w:rsid w:val="00DF7B0D"/>
+    <w:rsid w:val="00E06BD6"/>
     <w:rsid w:val="00E1627D"/>
     <w:rsid w:val="00E164BD"/>
     <w:rsid w:val="00E21BBB"/>
     <w:rsid w:val="00E22EBD"/>
     <w:rsid w:val="00E236A2"/>
     <w:rsid w:val="00E242A1"/>
     <w:rsid w:val="00E375B1"/>
     <w:rsid w:val="00E3790C"/>
     <w:rsid w:val="00E55808"/>
     <w:rsid w:val="00E55F96"/>
     <w:rsid w:val="00E57623"/>
     <w:rsid w:val="00E60849"/>
     <w:rsid w:val="00E62190"/>
     <w:rsid w:val="00E72AE9"/>
     <w:rsid w:val="00E76F49"/>
     <w:rsid w:val="00E77950"/>
     <w:rsid w:val="00E839D2"/>
     <w:rsid w:val="00E841E9"/>
     <w:rsid w:val="00E84A1A"/>
     <w:rsid w:val="00E86535"/>
     <w:rsid w:val="00E87B07"/>
     <w:rsid w:val="00EA04A6"/>
     <w:rsid w:val="00EA19F2"/>
     <w:rsid w:val="00EA61EE"/>
     <w:rsid w:val="00EA6B42"/>
@@ -14382,65 +14468,65 @@
     <w:rsid w:val="00FD67F8"/>
     <w:rsid w:val="00FE0C4A"/>
     <w:rsid w:val="00FE2641"/>
     <w:rsid w:val="00FE2A14"/>
     <w:rsid w:val="00FE7AFD"/>
     <w:rsid w:val="00FF1701"/>
     <w:rsid w:val="00FF3AFA"/>
     <w:rsid w:val="00FF7C4C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="386220D1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3F4544C7-F3DE-4A93-AFFF-2419A925882F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="270" w:lineRule="atLeast"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15037,51 +15123,50 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AA41FA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textkrper">
     <w:name w:val="Body Text"/>
@@ -15896,51 +15981,51 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="004F6E8C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240529"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="193659341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="319619485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16297,93 +16382,78 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="522d1368-be8f-460d-b7e5-bd2505800a91" xmlns:ns3="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="767a37752ab94a46a6a695d2585a8338" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101006CBB64B92B12E54E8396EAAA0183E3A6" ma:contentTypeVersion="20" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="5ca55743785f63cb50ff28e121c59b66">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="522d1368-be8f-460d-b7e5-bd2505800a91" xmlns:ns3="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57100304b3644c35bba61de8aa902d97" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="522d1368-be8f-460d-b7e5-bd2505800a91"/>
     <xsd:import namespace="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="522d1368-be8f-460d-b7e5-bd2505800a91" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -16410,50 +16480,55 @@
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7fa578fa-4d3a-41e0-b52b-b05268b3217d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -16564,109 +16639,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="522d1368-be8f-460d-b7e5-bd2505800a91">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96FD3124-3C74-4AF7-AB48-B5F49653BEFC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3016AAA5-1F67-421B-87A9-8544E2C7ADB2}">
-[...4 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1AAD3E7-77DF-415E-8F08-E13E24ECBC55}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42BF1869-F781-457D-91FE-705304B85F98}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{039EA4CE-E524-4FBA-B020-AAE5EDAC2BC9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3016AAA5-1F67-421B-87A9-8544E2C7ADB2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b"/>
+    <ds:schemaRef ds:uri="522d1368-be8f-460d-b7e5-bd2505800a91"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{81d5894f-bb81-464a-b51d-e1c80c53afc3}" enabled="0" method="" siteId="{81d5894f-bb81-464a-b51d-e1c80c53afc3}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>1318</Words>
-  <Characters>8308</Characters>
+  <Words>1320</Words>
+  <Characters>8319</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>69</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9607</CharactersWithSpaces>
+  <CharactersWithSpaces>9620</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Daniela Rommel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006CBB64B92B12E54E8396EAAA0183E3A6</vt:lpwstr>