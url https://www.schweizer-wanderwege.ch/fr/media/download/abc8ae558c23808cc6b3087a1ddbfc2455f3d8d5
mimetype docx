--- v0 (2025-11-09)
+++ v1 (2026-03-12)
@@ -1,148 +1,188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="70B2C475" w14:textId="77777777" w:rsidR="00391877" w:rsidRDefault="00836E35" w:rsidP="00391877">
       <w:pPr>
         <w:pStyle w:val="Inhaltsverzeichnisberschrift"/>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>PROMOTION DE LA QUALITÉ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15279D3D" w14:textId="77777777" w:rsidR="009221B5" w:rsidRPr="00391877" w:rsidRDefault="00065AF2" w:rsidP="00391877">
+    <w:p w14:paraId="15279D3D" w14:textId="47421F82" w:rsidR="009221B5" w:rsidRPr="00391877" w:rsidRDefault="00AA3A5E" w:rsidP="00391877">
       <w:pPr>
         <w:pStyle w:val="Inhaltsverzeichnisberschrift"/>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="FF66FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF66FF"/>
         </w:rPr>
-        <w:t>ITINÉRAIRE DE RAQUETTES À NEIGE BALISÉ</w:t>
+        <w:t>chemin de randon</w:t>
+      </w:r>
+      <w:r w:rsidR="00797E1C">
+        <w:rPr>
+          <w:color w:val="FF66FF"/>
+        </w:rPr>
+        <w:t>n</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:color w:val="FF66FF"/>
+        </w:rPr>
+        <w:t>ée en raquettes</w:t>
+      </w:r>
+      <w:r w:rsidR="00065AF2">
+        <w:rPr>
+          <w:color w:val="FF66FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BALISÉ</w:t>
+      </w:r>
+      <w:r w:rsidR="00065AF2">
         <w:rPr>
           <w:color w:val="FF66FF"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk62129620"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2BC7F3D2" w14:textId="022B2CCB" w:rsidR="009221B5" w:rsidRDefault="009221B5" w:rsidP="009221B5">
       <w:pPr>
         <w:pStyle w:val="Indexberschrift"/>
       </w:pPr>
       <w:r>
         <w:t>Objectif de l’</w:t>
       </w:r>
       <w:r w:rsidR="00C52E72">
         <w:t>inspection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E17DC8" w14:textId="77777777" w:rsidR="009221B5" w:rsidRDefault="00E77950" w:rsidP="009221B5">
+    <w:p w14:paraId="30E17DC8" w14:textId="09C50015" w:rsidR="009221B5" w:rsidRDefault="00E77950" w:rsidP="009221B5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>La qualité et la communication des itinéraires de raquettes à neige balisés doivent être contrôlées sur le terrain. Les constatations faites et les éventuelles mesures en découlant sont ensuite décrites en détail dans les différentes fiches d’annonce.</w:t>
+        <w:t xml:space="preserve">La qualité et la communication des </w:t>
+      </w:r>
+      <w:r w:rsidR="00306368">
+        <w:t>chemins de randon</w:t>
+      </w:r>
+      <w:r w:rsidR="000537E8">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00306368">
+        <w:t>ée en raquettes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> balisés doivent être contrôlées sur le terrain. Les constatations faites et les éventuelles mesures en découlant sont ensuite décrites en détail dans les différentes fiches d’annonce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A327DD" w14:textId="4D620D82" w:rsidR="00546A97" w:rsidRDefault="00546A97" w:rsidP="009221B5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Il est recommandé à l’instance responsable de parcourir chaque itinéraire au moins une fois par saison (plutôt au début) et de le vérifier à l’aide de la liste de contrôle </w:t>
       </w:r>
       <w:r w:rsidR="00C52E72">
         <w:t xml:space="preserve">ci-après </w:t>
       </w:r>
       <w:r>
         <w:t>(à partir de la page 3).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3D2AB0" w14:textId="293A0B1B" w:rsidR="007B7FF2" w:rsidRDefault="007B7FF2" w:rsidP="007B7FF2">
+    <w:p w14:paraId="6F3D2AB0" w14:textId="7DF47C95" w:rsidR="007B7FF2" w:rsidRDefault="00425448" w:rsidP="007B7FF2">
       <w:pPr>
         <w:pStyle w:val="Indexberschrift"/>
       </w:pPr>
       <w:r>
-        <w:t>Itinéraire de raquettes à neige</w:t>
+        <w:t>Chemin de randonnée en raquettes</w:t>
+      </w:r>
+      <w:r w:rsidR="009D7836">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B05820">
-        <w:t> :</w:t>
+        <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007B7FF2">
         <w:t xml:space="preserve"> définition (selon le guide)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189BA73D" w14:textId="77777777" w:rsidR="00BA6D1B" w:rsidRDefault="00BA6D1B" w:rsidP="00B73CF0">
+    <w:p w14:paraId="189BA73D" w14:textId="32C34F46" w:rsidR="00BA6D1B" w:rsidRDefault="00BA6D1B" w:rsidP="00B73CF0">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Les itinéraires de raquettes à neige balisés sont des sentiers accessibles à tous et prévus pour la marche à l’aide de raquettes. Aménagés la plupart du temps à l’écart des chemins préparés, ils ne sont pas tracés. En général, les passages particulièrement difficiles sont sécurisés.</w:t>
+        <w:t xml:space="preserve">Les </w:t>
+      </w:r>
+      <w:r w:rsidR="000537E8">
+        <w:t>chemins de randonnée en raquettes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> balisés sont des sentiers accessibles à tous et prévus pour la marche à l’aide de raquettes. Aménagés la plupart du temps à l’écart des chemins préparés, ils ne sont pas tracés. En général, les passages particulièrement difficiles sont sécurisés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="266B8808" w14:textId="77777777" w:rsidR="002F1350" w:rsidRPr="002F1350" w:rsidRDefault="002F1350" w:rsidP="002F1350">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Degré de difficulté en matière de condition physique</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="064E6F94" w14:textId="77777777" w:rsidR="002F1350" w:rsidRDefault="002F1350" w:rsidP="00B31DE8">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -290,78 +330,76 @@
         </w:rPr>
         <w:t>noir</w:t>
       </w:r>
       <w:r>
         <w:t>) : terrain souvent exposé et en forte pente, nécessitant une technique de marche sûre avec des raquettes. Les mesures de sécurité se limitent aux passages particulièrement exposés et comportant un risque de chute.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B41F156" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00005220" w:rsidRDefault="005648E6" w:rsidP="00005220"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4216"/>
         <w:gridCol w:w="4505"/>
       </w:tblGrid>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="5BAC07F8" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3BD4541F" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t>Informations sur l’inspection effectuée</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="1FC3F871" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="71BAA5B5" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00FD05D3" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2583" w:type="pct"/>
@@ -369,51 +407,50 @@
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2074112F" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00FD05D3" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="7D83E03A" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C1EBBA7" w14:textId="01576678" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="00777596" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="005648E6">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
               </w:rPr>
               <w:t>articipant</w:t>
@@ -455,51 +492,50 @@
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0211BCC7" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="33E576F7" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="473E0B48" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="00A751EF" w:rsidP="0075371F">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rStyle w:val="Fett"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Fett"/>
               </w:rPr>
               <w:t>Itinéraire emprunté</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32439D74" w14:textId="79C0B40C" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="005648E6" w:rsidP="005648E6">
             <w:pPr>
               <w:pStyle w:val="Aufzhlungszeichen"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
@@ -611,125 +647,130 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6232"/>
         <w:gridCol w:w="2411"/>
       </w:tblGrid>
       <w:tr w:rsidR="00891785" w:rsidRPr="00D53D2D" w14:paraId="5EE3062F" w14:textId="77777777" w:rsidTr="00005220">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70BB5CC6" w14:textId="77777777" w:rsidR="00891785" w:rsidRDefault="00891785" w:rsidP="00005220">
+          <w:p w14:paraId="70BB5CC6" w14:textId="62157871" w:rsidR="00891785" w:rsidRDefault="00891785" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
-              <w:t>Informations sur l’itinéraire de raquettes à neige</w:t>
+              <w:t xml:space="preserve">Informations sur </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC2C43">
+              <w:rPr>
+                <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
+                <w:b/>
+                <w:color w:val="FF00FF"/>
+              </w:rPr>
+              <w:t>le chemin de randonnée en raquettes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE70DE" w:rsidRPr="00D53D2D" w14:paraId="78BB70A5" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="46713109" w14:textId="77777777" w:rsidR="00CE70DE" w:rsidRPr="009915B5" w:rsidRDefault="00CE70DE" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Instance responsable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F72F8B0" w14:textId="77777777" w:rsidR="00CE70DE" w:rsidRPr="009915B5" w:rsidRDefault="00CE70DE" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00891785" w:rsidRPr="00D53D2D" w14:paraId="01D8A9CB" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49DD5BC2" w14:textId="5279B1BE" w:rsidR="00891785" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Descriptif </w:t>
             </w:r>
             <w:r w:rsidR="00091ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>de l</w:t>
             </w:r>
             <w:r>
@@ -748,51 +789,50 @@
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C15F805" w14:textId="77777777" w:rsidR="00891785" w:rsidRPr="009915B5" w:rsidRDefault="00A751EF" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="1D5F25AC" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6FF67948" w14:textId="77777777" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Points de départ et d’arrivée (noms de lieu ou coordonnées)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
@@ -803,51 +843,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve"> - xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="1DB32B6B" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6634F346" w14:textId="77777777" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom d’itinéraire </w:t>
             </w:r>
             <w:r>
               <w:t>| Lettre ou numéro</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1865C2B0" w14:textId="77777777" w:rsidR="00083398" w:rsidRPr="009915B5" w:rsidRDefault="00083398" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
@@ -935,51 +974,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6671255C" w14:textId="77777777" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="005648E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Numéro </w:t>
             </w:r>
             <w:r>
               <w:t>| Nom | Lien Internet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="24D6C7B7" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D95580C" w14:textId="77777777" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Distance [idéalement jusqu’à 10 km] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
@@ -991,51 +1029,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve"> km </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="143A02ED" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5EB88328" w14:textId="3D1D589F" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Montée </w:t>
             </w:r>
             <w:r>
               <w:t>| Descente (dénivelé)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
@@ -1058,244 +1095,239 @@
               <w:t>x</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve"> m </w:t>
             </w:r>
             <w:r>
               <w:t>|</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve"> x m</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F1350" w:rsidRPr="00D53D2D" w14:paraId="3D2F509A" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="108EEBE2" w14:textId="77777777" w:rsidR="002F1350" w:rsidRPr="009915B5" w:rsidRDefault="002F1350" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Degré de difficulté en matière de condition physique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="55FBEFE7" w14:textId="77777777" w:rsidR="002F1350" w:rsidRPr="009915B5" w:rsidRDefault="006637FA" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="31A7B135" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B33FC0F" w14:textId="77777777" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Degré de difficulté technique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7459BCAA" w14:textId="77777777" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="5DD85505" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="09460404" w14:textId="77777777" w:rsidR="00A17713" w:rsidRPr="00836E35" w:rsidRDefault="00A17713" w:rsidP="00A17713">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Remarque : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E14C50C" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="005648E6" w:rsidP="005648E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F427DBA" w14:textId="77777777" w:rsidR="00792BB4" w:rsidRDefault="00792BB4" w:rsidP="00005220"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6232"/>
         <w:gridCol w:w="2411"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="1A33D84D" w14:textId="77777777" w:rsidTr="00005220">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="44DE2B67" w14:textId="77777777" w:rsidR="00F76AE1" w:rsidRPr="00D67DBE" w:rsidRDefault="00F76AE1" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t xml:space="preserve">Responsabilités </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">(nom, numéro de tél., adresse </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>e-mail</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B73CF0" w:rsidRPr="00D53D2D" w14:paraId="2E8B99B4" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51FDB932" w14:textId="68F81DB6" w:rsidR="00B73CF0" w:rsidRDefault="00B73CF0" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00A63A73">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>rincipale p</w:t>
             </w:r>
             <w:r>
@@ -1325,379 +1357,371 @@
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0DB687FC" w14:textId="77777777" w:rsidR="00B73CF0" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="41A075CB" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C9448FC" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Personne de contact pour la planification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1FC0C709" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="53D2CBA4" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43D3B833" w14:textId="77777777" w:rsidR="00F76AE1" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Personne de contact pour la signalisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C4E52FF" w14:textId="77777777" w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="7182C7D5" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="58DB2599" w14:textId="77777777" w:rsidR="00F76AE1" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t xml:space="preserve">Personne de contact pour la gestion et l’entretien </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A3E424F" w14:textId="77777777" w:rsidR="00F76AE1" w:rsidRPr="00D67DBE" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E77950" w:rsidRPr="00D53D2D" w14:paraId="3445BF73" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41392F3D" w14:textId="77777777" w:rsidR="00E77950" w:rsidRDefault="00E77950" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Personne de contact pour la sécurité</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="49D6108D" w14:textId="77777777" w:rsidR="00E77950" w:rsidRDefault="00E77950" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="012A23A3" w14:textId="77777777" w:rsidTr="006A49FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72CE6A87" w14:textId="77777777" w:rsidR="00F76AE1" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Personne de contact pour la communication et l’information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="73D9AF61" w14:textId="77777777" w:rsidR="00F76AE1" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="2A3F9AA1" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48A5E062" w14:textId="77777777" w:rsidR="00A17713" w:rsidRPr="00836E35" w:rsidRDefault="00A17713" w:rsidP="00A17713">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Remarque : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E9DE3F9" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="651BDDCA" w14:textId="77777777" w:rsidR="0089648D" w:rsidRDefault="00D67DBE" w:rsidP="00005220">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7366"/>
         <w:gridCol w:w="1355"/>
       </w:tblGrid>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="3B8AE00A" w14:textId="77777777" w:rsidTr="0075371F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79187D46" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
                 <w:b/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t>Communication / Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="7FA324CF" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59C1B1FA" w14:textId="29DD9CE9" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="00E77950" w:rsidP="0075371F">
             <w:r>
               <w:t xml:space="preserve">Le tracé de l’itinéraire communiqué par l’instance responsable est identique à celui </w:t>
             </w:r>
             <w:r w:rsidR="0018232D">
               <w:t xml:space="preserve">balisé </w:t>
             </w:r>
             <w:r>
               <w:t>sur le terrain</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -1724,51 +1748,50 @@
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="297EAD25" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30C80EC3" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
               <w:t>Le tracé défini à long terme est assuré</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="710A6C75" w14:textId="77777777" w:rsidR="006A49FA" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
@@ -1793,94 +1816,95 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="01A0B4B7" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7BC51FB5" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="00AF5AFA" w:rsidP="0075371F">
-[...4 lines deleted...]
-              <w:t>L’itinéraire de raquettes à neige est communiqué sur les plateformes en ligne suivantes :</w:t>
+          <w:p w14:paraId="7BC51FB5" w14:textId="095FEBCB" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="00DC2C43" w:rsidP="0075371F">
+            <w:pPr>
+              <w:pStyle w:val="KeinLeerraum"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Le chemin de randonnée en raquettes </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF5AFA">
+              <w:t>est communiqué sur les plateformes en ligne suivantes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="422CD82A" w14:textId="77777777" w:rsidR="00B73CF0" w:rsidRPr="00836E35" w:rsidRDefault="00B73CF0" w:rsidP="00B73CF0">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D6DA005" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRPr="00722656" w:rsidRDefault="00B31DE8" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="7B2779FF" w14:textId="77777777" w:rsidTr="0075371F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0D417C3E" w14:textId="77777777" w:rsidR="00A17713" w:rsidRPr="00836E35" w:rsidRDefault="00A17713" w:rsidP="00A17713">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Remarque : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24480D00" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1995,51 +2019,50 @@
               <w:t>Qualité</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="07E613E5" w14:textId="77777777" w:rsidR="004D0AB5" w:rsidRPr="00C12BCF" w:rsidRDefault="004D0AB5" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Fiche d’annonce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00726027" w14:paraId="5229D391" w14:textId="77777777" w:rsidTr="004206B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3144" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3279110E" w14:textId="77777777" w:rsidR="00726027" w:rsidRPr="00836E35" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t>L’itinéraire est varié et les paysages sont attrayants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6990015A" w14:textId="77777777" w:rsidR="00726027" w:rsidRPr="006A49FA" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -2064,51 +2087,50 @@
             <w:r w:rsidRPr="006A49FA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5490CD89" w14:textId="77777777" w:rsidR="00726027" w:rsidRPr="00C27813" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00726027" w14:paraId="5DE5775F" w14:textId="77777777" w:rsidTr="004206B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3144" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29A63081" w14:textId="77777777" w:rsidR="00726027" w:rsidRPr="00836E35" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Les points de départ et d’arrivée sont reliés au réseau des transports publics </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="679F7BA2" w14:textId="77777777" w:rsidR="00726027" w:rsidRPr="006A49FA" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -2576,51 +2598,50 @@
           </w:tcPr>
           <w:p w14:paraId="0326B8DA" w14:textId="0B4025F5" w:rsidR="00B70055" w:rsidRPr="00C12BCF" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="0032258F">
               <w:t>iche</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> d’annonce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="60B3DA13" w14:textId="77777777" w:rsidTr="004206B8">
         <w:trPr>
           <w:trHeight w:val="1640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3167" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CE880C4" w14:textId="6249E9F1" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t>Croisement</w:t>
             </w:r>
             <w:r w:rsidR="00932220">
               <w:t xml:space="preserve"> avec</w:t>
             </w:r>
             <w:r w:rsidR="00CE6619">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00CE6619">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">traversée </w:t>
             </w:r>
             <w:r w:rsidR="00932220">
               <w:t>de</w:t>
@@ -3211,51 +3232,50 @@
           </w:p>
           <w:p w14:paraId="76F99AC8" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>non</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> nécessaire</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="16CB2D99" w14:textId="77777777" w:rsidTr="004206B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3167" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EC1E8A3" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="200697F9" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -3263,51 +3283,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3800EE85" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="09D63186" w14:textId="77777777" w:rsidTr="004206B8">
         <w:trPr>
           <w:trHeight w:val="1681"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3167" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BA112CA" w14:textId="3D1EA9D0" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="002816CC" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Utilisation </w:t>
             </w:r>
             <w:r w:rsidR="00B70055">
               <w:t xml:space="preserve">parallèle, c.-à-d. tracé d’itinéraire adjacent </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D5A7872" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>chemin</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
@@ -3979,109 +3998,110 @@
               <w:t>non</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> nécessaire</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F3BF297" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C45DB3" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="4F88971D" w14:textId="77777777" w:rsidTr="004206B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3167" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7936A1AA" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="3FE4FB9B" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C45DB3" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4E954518" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="1AE5D10D" w14:textId="77777777" w:rsidTr="004206B8">
         <w:trPr>
           <w:trHeight w:val="1674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3167" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="461A14DE" w14:textId="7B197080" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
+          </w:tcPr>
+          <w:p w14:paraId="461A14DE" w14:textId="5DBBB089" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00DC2C43" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>Itinéraire de raquettes à neige sur le même tracé que</w:t>
+              <w:t>Chemin de randonnée en raquettes</w:t>
+            </w:r>
+            <w:r w:rsidR="00B70055">
+              <w:t xml:space="preserve"> sur le même tracé que</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="719F609D" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>chemin</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> de randonnée hivernale</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A4A4A52" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
@@ -4659,51 +4679,50 @@
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>non</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> nécessaire</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="374CDDCD" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="17264976" w14:textId="77777777" w:rsidTr="004206B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3167" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D918F73" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="543923AA" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4835,51 +4854,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3D20E32F" w14:textId="7052F40F" w:rsidR="004F4E34" w:rsidRPr="00C12BCF" w:rsidRDefault="004F4E34" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="0032258F">
               <w:t>ich</w:t>
             </w:r>
             <w:r>
               <w:t>e d’annonce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F4E34" w:rsidRPr="00672402" w14:paraId="2D39D7E9" w14:textId="77777777" w:rsidTr="004206B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3167" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A09A1E8" w14:textId="77777777" w:rsidR="002E3BD1" w:rsidRPr="00836E35" w:rsidRDefault="004F05DA" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t>Ouvrages d’art (ponts, barrières)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E94F043" w14:textId="77777777" w:rsidR="00AC3D95" w:rsidRPr="00836E35" w:rsidRDefault="00AC3D95" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Si existants, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22D20FE9" w14:textId="77777777" w:rsidR="002E3BD1" w:rsidRPr="00836E35" w:rsidRDefault="00AC3D95" w:rsidP="00005220">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
             </w:pPr>
@@ -5856,51 +5874,50 @@
               <w:t>Qualité</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="34112820" w14:textId="77777777" w:rsidR="004F05DA" w:rsidRPr="00C12BCF" w:rsidRDefault="004F05DA" w:rsidP="005A0581">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Fiche d’annonce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00672402" w14:paraId="64C801AB" w14:textId="77777777" w:rsidTr="004206B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3167" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="734DDCAB" w14:textId="77777777" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t>Indicateur de direction et panneau indicateur</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D177194" w14:textId="77777777" w:rsidR="00F42492" w:rsidRDefault="00A17713" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>couleur</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> rose</w:t>
             </w:r>
@@ -7428,52 +7445,52 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5523"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1497"/>
       </w:tblGrid>
       <w:tr w:rsidR="002031B0" w:rsidRPr="00CB663F" w14:paraId="7D4B794E" w14:textId="77777777" w:rsidTr="004206B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3167" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1D25F80F" w14:textId="77777777" w:rsidR="002031B0" w:rsidRPr="00C12BCF" w:rsidRDefault="002031B0" w:rsidP="009856BD">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_Toc62222474"/>
-            <w:bookmarkStart w:id="6" w:name="_Hlk66701686"/>
+            <w:bookmarkStart w:id="5" w:name="_Hlk66701686"/>
+            <w:bookmarkStart w:id="6" w:name="_Toc62222474"/>
             <w:r>
               <w:t>Critères</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="54AA1E8E" w14:textId="77777777" w:rsidR="002031B0" w:rsidRPr="00C12BCF" w:rsidRDefault="002031B0" w:rsidP="009856BD">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Qualité</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8194,74 +8211,74 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="50188DCB" w14:textId="77777777" w:rsidR="00317A63" w:rsidRPr="00836E35" w:rsidRDefault="00317A63" w:rsidP="00317A63">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Remarque : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D3F693E" w14:textId="77777777" w:rsidR="00836E35" w:rsidRPr="00836E35" w:rsidRDefault="00836E35" w:rsidP="00317A63">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="575C8285" w14:textId="77777777" w:rsidR="003A6801" w:rsidRDefault="003A6801" w:rsidP="00672402"/>
     <w:p w14:paraId="13080D9F" w14:textId="715546D7" w:rsidR="00322D91" w:rsidRPr="00372153" w:rsidRDefault="00DC46AD" w:rsidP="00322D91">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:color w:val="FF00FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF00FF"/>
         </w:rPr>
         <w:t>Confirmations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF00FF"/>
         </w:rPr>
         <w:br/>
         <w:t>(poteaux ou bandes de marquage, fanions)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4672"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="1497"/>
       </w:tblGrid>
       <w:tr w:rsidR="00322D91" w:rsidRPr="00CB663F" w14:paraId="71DCE0E2" w14:textId="77777777" w:rsidTr="004206B8">
         <w:tc>
@@ -8293,51 +8310,50 @@
               <w:t>Qualité</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="16987568" w14:textId="77777777" w:rsidR="00322D91" w:rsidRPr="00C12BCF" w:rsidRDefault="00322D91" w:rsidP="005A0581">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Fiche d’annonce</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00672402" w14:paraId="05F3DD91" w14:textId="77777777" w:rsidTr="004206B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2679" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41AC3098" w14:textId="77777777" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
               <w:t>Confirmations</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05D0FFAE" w14:textId="77777777" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>en</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> parfait état</w:t>
             </w:r>
@@ -8860,82 +8876,101 @@
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5AB8610A" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C12BCF" w:rsidRDefault="00B70055" w:rsidP="00986FA5">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Qualité</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w14:paraId="09744869" w14:textId="77777777" w:rsidTr="00B70055">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>Sur place, les informations suivantes sont données sur l’itinéraire de raquettes à neige :</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="4AB88872" w14:textId="060818B4" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
+            <w:pPr>
+              <w:pStyle w:val="KeinLeerraum"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Sur place, les informations suivantes sont données sur </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC2C43">
+              <w:t>le chemin de randonnée en raquettes</w:t>
+            </w:r>
+            <w:r>
+              <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24576531" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Panneau d’information « La Suisse en hiver »</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47D1D23B" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
+          <w:p w14:paraId="47D1D23B" w14:textId="094067B2" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">« Panneau d’information au départ des itinéraires de raquettes à neige </w:t>
+              <w:t xml:space="preserve">« Panneau d’information au départ des </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC2C43">
+              <w:t xml:space="preserve">chemins de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC2C43">
+              <w:t>randonée</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DC2C43">
+              <w:t xml:space="preserve"> en raquettes</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>xy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t> »</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="577AFB92" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Système d’information des sports d’hiver</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2411FD96" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
@@ -11682,184 +11717,172 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4729DF47" w14:textId="77777777" w:rsidR="00586980" w:rsidRDefault="00586980" w:rsidP="00D53AEC">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00586980" w:rsidSect="00BC6D59">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1718" w:right="1474" w:bottom="1701" w:left="1701" w:header="646" w:footer="499" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1253AE9C" w14:textId="77777777" w:rsidR="00A174AA" w:rsidRDefault="00A174AA" w:rsidP="007643E2">
+    <w:p w14:paraId="511940B2" w14:textId="77777777" w:rsidR="00487655" w:rsidRDefault="00487655" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52A7FEF0" w14:textId="77777777" w:rsidR="00A174AA" w:rsidRDefault="00A174AA" w:rsidP="007643E2">
+    <w:p w14:paraId="697B5D20" w14:textId="77777777" w:rsidR="00487655" w:rsidRDefault="00487655" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cardo">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E40008FF" w:usb1="5201E0FB" w:usb2="04608000" w:usb3="00000000" w:csb0="000000BB" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
-    <w:altName w:val="Montserrat"/>
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4357CB22" w14:textId="77777777" w:rsidR="004F4E34" w:rsidRPr="00A12A60" w:rsidRDefault="004F4E34" w:rsidP="00B745B9">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8732"/>
         <w:tab w:val="right" w:pos="8731"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="004206B8">
-[...13 lines deleted...]
-    </w:r>
+    <w:fldSimple w:instr=" NUMPAGES  ">
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+    </w:fldSimple>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="2E204FAC" wp14:editId="289D50A1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>540385</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9973310</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1022400" cy="432000"/>
           <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Grafik 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name=""/>
@@ -11881,51 +11904,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1022400" cy="432000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5EFA60D6" w14:textId="77777777" w:rsidR="004F4E34" w:rsidRDefault="004F4E34">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="073BA437" wp14:editId="161795CC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9984105</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1022350" cy="431800"/>
           <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Grafik 6"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -11951,76 +11974,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1022350" cy="431800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D66647F" w14:textId="77777777" w:rsidR="00A174AA" w:rsidRDefault="00A174AA" w:rsidP="007643E2">
+    <w:p w14:paraId="77D06EE9" w14:textId="77777777" w:rsidR="00487655" w:rsidRDefault="00487655" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D56A79C" w14:textId="77777777" w:rsidR="00A174AA" w:rsidRDefault="00A174AA" w:rsidP="007643E2">
+    <w:p w14:paraId="1D3C4172" w14:textId="77777777" w:rsidR="00487655" w:rsidRDefault="00487655" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3E02511D" w14:textId="77777777" w:rsidR="004F4E34" w:rsidRDefault="004F4E34" w:rsidP="000C1766">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>Suisse Rando</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:t>Monbijoustrasse</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:t> 61 | 3007 Berne | Tél. 031 370 10 20 | info@suisse-rando.ch</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="79EEA3DE" w14:textId="20201507" w:rsidR="004F4E34" w:rsidRPr="00065AF2" w:rsidRDefault="004F4E34" w:rsidP="00065AF2">
     <w:pPr>
@@ -12148,51 +12171,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="468000" cy="504000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F216E508"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EBA0DBAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -15801,209 +15824,210 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="603466294">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="465588141">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1799378419">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="845635769">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="124854142">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="924604779">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="471598137">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="912665705">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="619262060">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="861356859">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1877505440">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2121990702">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1326857180">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="2104690632">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="817457391">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1501579735">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="183908008">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1945335820">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="437407585">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1493327865">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="815532137">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="203177254">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="871919999">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1016615526">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1152601589">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="610091564">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="429860366">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="841239727">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1383014556">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1137797750">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1456942938">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1031153602">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1895315950">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="281882397">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="527137288">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1339963193">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="12802398">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C27813"/>
     <w:rsid w:val="00004D3D"/>
     <w:rsid w:val="0000503C"/>
     <w:rsid w:val="00005220"/>
     <w:rsid w:val="00006733"/>
     <w:rsid w:val="0001449E"/>
     <w:rsid w:val="0001701D"/>
     <w:rsid w:val="00017C24"/>
     <w:rsid w:val="00023BFB"/>
     <w:rsid w:val="00024C17"/>
     <w:rsid w:val="00030653"/>
     <w:rsid w:val="00032BA4"/>
     <w:rsid w:val="00037B7B"/>
     <w:rsid w:val="00037D99"/>
     <w:rsid w:val="00050775"/>
+    <w:rsid w:val="000537E8"/>
     <w:rsid w:val="00055758"/>
     <w:rsid w:val="000565FB"/>
     <w:rsid w:val="00060E45"/>
     <w:rsid w:val="00062899"/>
     <w:rsid w:val="00065AF2"/>
     <w:rsid w:val="00076FA9"/>
     <w:rsid w:val="00083398"/>
     <w:rsid w:val="00091ABB"/>
     <w:rsid w:val="0009418A"/>
     <w:rsid w:val="00095E7E"/>
     <w:rsid w:val="000A201A"/>
     <w:rsid w:val="000A7B60"/>
     <w:rsid w:val="000B16A0"/>
     <w:rsid w:val="000B2086"/>
     <w:rsid w:val="000B31E5"/>
     <w:rsid w:val="000B50C2"/>
     <w:rsid w:val="000B7CC6"/>
     <w:rsid w:val="000C1766"/>
     <w:rsid w:val="000E3E70"/>
     <w:rsid w:val="000E3F79"/>
     <w:rsid w:val="000F0E8B"/>
     <w:rsid w:val="000F217C"/>
     <w:rsid w:val="000F3B95"/>
     <w:rsid w:val="000F4399"/>
     <w:rsid w:val="00101920"/>
@@ -16054,50 +16078,51 @@
     <w:rsid w:val="002415DC"/>
     <w:rsid w:val="00252DA9"/>
     <w:rsid w:val="00255D90"/>
     <w:rsid w:val="00257788"/>
     <w:rsid w:val="00260F20"/>
     <w:rsid w:val="00262C09"/>
     <w:rsid w:val="00263719"/>
     <w:rsid w:val="00270596"/>
     <w:rsid w:val="00271287"/>
     <w:rsid w:val="0027663B"/>
     <w:rsid w:val="002816CC"/>
     <w:rsid w:val="002841CC"/>
     <w:rsid w:val="002901AE"/>
     <w:rsid w:val="00292BBB"/>
     <w:rsid w:val="002A7501"/>
     <w:rsid w:val="002C0072"/>
     <w:rsid w:val="002C021F"/>
     <w:rsid w:val="002C0340"/>
     <w:rsid w:val="002C18DE"/>
     <w:rsid w:val="002E15E4"/>
     <w:rsid w:val="002E3BD1"/>
     <w:rsid w:val="002E4845"/>
     <w:rsid w:val="002F1350"/>
     <w:rsid w:val="002F7539"/>
     <w:rsid w:val="00301332"/>
+    <w:rsid w:val="00306368"/>
     <w:rsid w:val="00311B9C"/>
     <w:rsid w:val="00312FE2"/>
     <w:rsid w:val="00313B18"/>
     <w:rsid w:val="00317A63"/>
     <w:rsid w:val="00317BC8"/>
     <w:rsid w:val="00321C57"/>
     <w:rsid w:val="0032258F"/>
     <w:rsid w:val="00322D91"/>
     <w:rsid w:val="003274F0"/>
     <w:rsid w:val="00327FF1"/>
     <w:rsid w:val="00330E7C"/>
     <w:rsid w:val="00331555"/>
     <w:rsid w:val="00331FD8"/>
     <w:rsid w:val="00335C9E"/>
     <w:rsid w:val="00342468"/>
     <w:rsid w:val="00344E89"/>
     <w:rsid w:val="00346950"/>
     <w:rsid w:val="00354443"/>
     <w:rsid w:val="00360100"/>
     <w:rsid w:val="003662DA"/>
     <w:rsid w:val="00367E5C"/>
     <w:rsid w:val="003715E5"/>
     <w:rsid w:val="00372153"/>
     <w:rsid w:val="00382258"/>
     <w:rsid w:val="00391877"/>
@@ -16106,70 +16131,72 @@
     <w:rsid w:val="003A2274"/>
     <w:rsid w:val="003A6801"/>
     <w:rsid w:val="003B06E8"/>
     <w:rsid w:val="003B4881"/>
     <w:rsid w:val="003B5E57"/>
     <w:rsid w:val="003D2867"/>
     <w:rsid w:val="003D2F34"/>
     <w:rsid w:val="003D6932"/>
     <w:rsid w:val="003E0D3D"/>
     <w:rsid w:val="003E1F47"/>
     <w:rsid w:val="003E6074"/>
     <w:rsid w:val="003E6FC1"/>
     <w:rsid w:val="003F5757"/>
     <w:rsid w:val="003F6DB9"/>
     <w:rsid w:val="004033CE"/>
     <w:rsid w:val="00403F18"/>
     <w:rsid w:val="00406F77"/>
     <w:rsid w:val="00410C3B"/>
     <w:rsid w:val="00411F78"/>
     <w:rsid w:val="00412001"/>
     <w:rsid w:val="00414722"/>
     <w:rsid w:val="004177BF"/>
     <w:rsid w:val="004206B8"/>
     <w:rsid w:val="0042372D"/>
     <w:rsid w:val="00423F4D"/>
+    <w:rsid w:val="00425448"/>
     <w:rsid w:val="00430233"/>
     <w:rsid w:val="00431A75"/>
     <w:rsid w:val="00437575"/>
     <w:rsid w:val="00437ADE"/>
     <w:rsid w:val="0044002E"/>
     <w:rsid w:val="00441472"/>
     <w:rsid w:val="00441CEC"/>
     <w:rsid w:val="0045128D"/>
     <w:rsid w:val="004560CD"/>
     <w:rsid w:val="00461281"/>
     <w:rsid w:val="00467268"/>
     <w:rsid w:val="00475911"/>
     <w:rsid w:val="00475C51"/>
     <w:rsid w:val="00477002"/>
     <w:rsid w:val="00477EAE"/>
     <w:rsid w:val="00482B5A"/>
     <w:rsid w:val="00482E4B"/>
     <w:rsid w:val="00483A6B"/>
     <w:rsid w:val="00486B14"/>
     <w:rsid w:val="004875F4"/>
+    <w:rsid w:val="00487655"/>
     <w:rsid w:val="00490617"/>
     <w:rsid w:val="0049680B"/>
     <w:rsid w:val="004A4A71"/>
     <w:rsid w:val="004B5266"/>
     <w:rsid w:val="004B6C67"/>
     <w:rsid w:val="004C1197"/>
     <w:rsid w:val="004C1723"/>
     <w:rsid w:val="004C4AE9"/>
     <w:rsid w:val="004D0AB5"/>
     <w:rsid w:val="004D2C04"/>
     <w:rsid w:val="004E4453"/>
     <w:rsid w:val="004F05DA"/>
     <w:rsid w:val="004F1274"/>
     <w:rsid w:val="004F2910"/>
     <w:rsid w:val="004F4E34"/>
     <w:rsid w:val="004F507D"/>
     <w:rsid w:val="004F6E8C"/>
     <w:rsid w:val="00500E2F"/>
     <w:rsid w:val="005014E1"/>
     <w:rsid w:val="00503A48"/>
     <w:rsid w:val="00506764"/>
     <w:rsid w:val="0051315B"/>
     <w:rsid w:val="0051708F"/>
     <w:rsid w:val="005237E9"/>
     <w:rsid w:val="005245C6"/>
@@ -16257,51 +16284,53 @@
     <w:rsid w:val="0075205B"/>
     <w:rsid w:val="007543C6"/>
     <w:rsid w:val="00757349"/>
     <w:rsid w:val="0076130F"/>
     <w:rsid w:val="00761B15"/>
     <w:rsid w:val="00761EE8"/>
     <w:rsid w:val="00762AEB"/>
     <w:rsid w:val="00763C1A"/>
     <w:rsid w:val="007643E2"/>
     <w:rsid w:val="0076723D"/>
     <w:rsid w:val="0077128A"/>
     <w:rsid w:val="00772894"/>
     <w:rsid w:val="007747A9"/>
     <w:rsid w:val="00776506"/>
     <w:rsid w:val="00777596"/>
     <w:rsid w:val="00780363"/>
     <w:rsid w:val="00781347"/>
     <w:rsid w:val="00783A94"/>
     <w:rsid w:val="007854B6"/>
     <w:rsid w:val="00785B4C"/>
     <w:rsid w:val="0078760E"/>
     <w:rsid w:val="00787754"/>
     <w:rsid w:val="00791479"/>
     <w:rsid w:val="00792BB4"/>
     <w:rsid w:val="00793417"/>
+    <w:rsid w:val="007947DE"/>
     <w:rsid w:val="00796338"/>
+    <w:rsid w:val="00797E1C"/>
     <w:rsid w:val="007A1C95"/>
     <w:rsid w:val="007A74ED"/>
     <w:rsid w:val="007B0777"/>
     <w:rsid w:val="007B4AE1"/>
     <w:rsid w:val="007B7FF2"/>
     <w:rsid w:val="007C10C4"/>
     <w:rsid w:val="007C3AE8"/>
     <w:rsid w:val="007C6A23"/>
     <w:rsid w:val="007C76EB"/>
     <w:rsid w:val="007D2381"/>
     <w:rsid w:val="007D2454"/>
     <w:rsid w:val="007E07FE"/>
     <w:rsid w:val="007F0306"/>
     <w:rsid w:val="007F287F"/>
     <w:rsid w:val="007F46EE"/>
     <w:rsid w:val="007F740E"/>
     <w:rsid w:val="0080327C"/>
     <w:rsid w:val="00805417"/>
     <w:rsid w:val="008222BE"/>
     <w:rsid w:val="0082298F"/>
     <w:rsid w:val="00824809"/>
     <w:rsid w:val="0082495C"/>
     <w:rsid w:val="008266F3"/>
     <w:rsid w:val="0083551D"/>
     <w:rsid w:val="00836E35"/>
@@ -16341,76 +16370,78 @@
     <w:rsid w:val="009221B5"/>
     <w:rsid w:val="00926721"/>
     <w:rsid w:val="00927B4F"/>
     <w:rsid w:val="00932220"/>
     <w:rsid w:val="00932E3B"/>
     <w:rsid w:val="00933BF2"/>
     <w:rsid w:val="00934243"/>
     <w:rsid w:val="00935B30"/>
     <w:rsid w:val="00951E75"/>
     <w:rsid w:val="009640CC"/>
     <w:rsid w:val="00973DC7"/>
     <w:rsid w:val="00974EDC"/>
     <w:rsid w:val="00974EDF"/>
     <w:rsid w:val="00981B88"/>
     <w:rsid w:val="00982878"/>
     <w:rsid w:val="009909C9"/>
     <w:rsid w:val="009915B5"/>
     <w:rsid w:val="009971C7"/>
     <w:rsid w:val="009B0172"/>
     <w:rsid w:val="009B2B74"/>
     <w:rsid w:val="009B4C42"/>
     <w:rsid w:val="009B5359"/>
     <w:rsid w:val="009C215D"/>
     <w:rsid w:val="009C616A"/>
     <w:rsid w:val="009D284F"/>
+    <w:rsid w:val="009D7836"/>
     <w:rsid w:val="009E16C6"/>
     <w:rsid w:val="009F0B3B"/>
     <w:rsid w:val="009F13D6"/>
     <w:rsid w:val="009F1AD2"/>
     <w:rsid w:val="00A02027"/>
     <w:rsid w:val="00A12193"/>
     <w:rsid w:val="00A12A60"/>
     <w:rsid w:val="00A13529"/>
     <w:rsid w:val="00A174AA"/>
     <w:rsid w:val="00A17713"/>
     <w:rsid w:val="00A240D6"/>
     <w:rsid w:val="00A32714"/>
     <w:rsid w:val="00A361CF"/>
     <w:rsid w:val="00A36A84"/>
     <w:rsid w:val="00A40D64"/>
     <w:rsid w:val="00A56867"/>
     <w:rsid w:val="00A63A73"/>
     <w:rsid w:val="00A63AA5"/>
     <w:rsid w:val="00A751EF"/>
     <w:rsid w:val="00A766AC"/>
     <w:rsid w:val="00A76E74"/>
     <w:rsid w:val="00A8032B"/>
     <w:rsid w:val="00A84674"/>
     <w:rsid w:val="00A8670D"/>
     <w:rsid w:val="00A87744"/>
     <w:rsid w:val="00A95E89"/>
+    <w:rsid w:val="00AA3A5E"/>
     <w:rsid w:val="00AA41FA"/>
     <w:rsid w:val="00AA7AF6"/>
     <w:rsid w:val="00AB1CF3"/>
     <w:rsid w:val="00AB29DD"/>
     <w:rsid w:val="00AB530B"/>
     <w:rsid w:val="00AC034F"/>
     <w:rsid w:val="00AC3D95"/>
     <w:rsid w:val="00AD31AD"/>
     <w:rsid w:val="00AE1269"/>
     <w:rsid w:val="00AE26F8"/>
     <w:rsid w:val="00AE475B"/>
     <w:rsid w:val="00AE5897"/>
     <w:rsid w:val="00AE658A"/>
     <w:rsid w:val="00AF0EE8"/>
     <w:rsid w:val="00AF2775"/>
     <w:rsid w:val="00AF5AFA"/>
     <w:rsid w:val="00AF7C29"/>
     <w:rsid w:val="00B054C1"/>
     <w:rsid w:val="00B05820"/>
     <w:rsid w:val="00B06D4C"/>
     <w:rsid w:val="00B11D39"/>
     <w:rsid w:val="00B155DF"/>
     <w:rsid w:val="00B15D74"/>
     <w:rsid w:val="00B160AF"/>
     <w:rsid w:val="00B31DE8"/>
@@ -16506,50 +16537,51 @@
     <w:rsid w:val="00D2770E"/>
     <w:rsid w:val="00D32C81"/>
     <w:rsid w:val="00D40F4C"/>
     <w:rsid w:val="00D412BC"/>
     <w:rsid w:val="00D428A2"/>
     <w:rsid w:val="00D46945"/>
     <w:rsid w:val="00D4736A"/>
     <w:rsid w:val="00D52952"/>
     <w:rsid w:val="00D53AEC"/>
     <w:rsid w:val="00D53D2D"/>
     <w:rsid w:val="00D54390"/>
     <w:rsid w:val="00D6124E"/>
     <w:rsid w:val="00D6425B"/>
     <w:rsid w:val="00D64788"/>
     <w:rsid w:val="00D654DA"/>
     <w:rsid w:val="00D67DBE"/>
     <w:rsid w:val="00D824C3"/>
     <w:rsid w:val="00D8467D"/>
     <w:rsid w:val="00D92213"/>
     <w:rsid w:val="00DA1274"/>
     <w:rsid w:val="00DA1C64"/>
     <w:rsid w:val="00DA523B"/>
     <w:rsid w:val="00DA535B"/>
     <w:rsid w:val="00DB52E9"/>
     <w:rsid w:val="00DC00A6"/>
+    <w:rsid w:val="00DC2C43"/>
     <w:rsid w:val="00DC46AD"/>
     <w:rsid w:val="00DC54AD"/>
     <w:rsid w:val="00DC58B1"/>
     <w:rsid w:val="00DC5957"/>
     <w:rsid w:val="00DC61AF"/>
     <w:rsid w:val="00DD0C9D"/>
     <w:rsid w:val="00DD5420"/>
     <w:rsid w:val="00DF5051"/>
     <w:rsid w:val="00DF58D9"/>
     <w:rsid w:val="00DF7B0D"/>
     <w:rsid w:val="00E1627D"/>
     <w:rsid w:val="00E164BD"/>
     <w:rsid w:val="00E21BBB"/>
     <w:rsid w:val="00E22EBD"/>
     <w:rsid w:val="00E236A2"/>
     <w:rsid w:val="00E242A1"/>
     <w:rsid w:val="00E375B1"/>
     <w:rsid w:val="00E3790C"/>
     <w:rsid w:val="00E37EBD"/>
     <w:rsid w:val="00E5169A"/>
     <w:rsid w:val="00E55808"/>
     <w:rsid w:val="00E55F96"/>
     <w:rsid w:val="00E57623"/>
     <w:rsid w:val="00E60849"/>
     <w:rsid w:val="00E62190"/>
@@ -16622,51 +16654,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5286FF39"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3F4544C7-F3DE-4A93-AFFF-2419A925882F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="270" w:lineRule="atLeast"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18129,51 +18161,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240529"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004033CE"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="3"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="193659341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="319619485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18521,93 +18553,78 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="522d1368-be8f-460d-b7e5-bd2505800a91" xmlns:ns3="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="767a37752ab94a46a6a695d2585a8338" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101006CBB64B92B12E54E8396EAAA0183E3A6" ma:contentTypeVersion="20" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="5ca55743785f63cb50ff28e121c59b66">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="522d1368-be8f-460d-b7e5-bd2505800a91" xmlns:ns3="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57100304b3644c35bba61de8aa902d97" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="522d1368-be8f-460d-b7e5-bd2505800a91"/>
     <xsd:import namespace="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="522d1368-be8f-460d-b7e5-bd2505800a91" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -18634,50 +18651,55 @@
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7fa578fa-4d3a-41e0-b52b-b05268b3217d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -18788,131 +18810,175 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="522d1368-be8f-460d-b7e5-bd2505800a91">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3016AAA5-1F67-421B-87A9-8544E2C7ADB2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68EA930F-81F2-431E-BCDA-0FD8D8604107}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="522d1368-be8f-460d-b7e5-bd2505800a91"/>
+    <ds:schemaRef ds:uri="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42BF1869-F781-457D-91FE-705304B85F98}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50406333-62F8-48B8-AC76-0369D5EC22D4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3016AAA5-1F67-421B-87A9-8544E2C7ADB2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b"/>
+    <ds:schemaRef ds:uri="522d1368-be8f-460d-b7e5-bd2505800a91"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96FD3124-3C74-4AF7-AB48-B5F49653BEFC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{81d5894f-bb81-464a-b51d-e1c80c53afc3}" enabled="0" method="" siteId="{81d5894f-bb81-464a-b51d-e1c80c53afc3}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>1364</Words>
-  <Characters>8600</Characters>
+  <Words>1366</Words>
+  <Characters>8609</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>71</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9945</CharactersWithSpaces>
+  <CharactersWithSpaces>9956</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Daniela Rommel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006CBB64B92B12E54E8396EAAA0183E3A6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>549200</vt:r8>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>