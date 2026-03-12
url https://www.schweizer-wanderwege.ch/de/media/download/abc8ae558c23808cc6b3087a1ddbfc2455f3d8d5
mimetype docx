--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -9,114 +9,135 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6B2FAEF3" w14:textId="78D46BFC" w:rsidR="00391877" w:rsidRDefault="00836E35" w:rsidP="00391877">
       <w:pPr>
         <w:pStyle w:val="Inhaltsverzeichnisberschrift"/>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Qualitätsförderung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28AC0C09" w14:textId="16D9E29B" w:rsidR="009221B5" w:rsidRPr="00391877" w:rsidRDefault="00065AF2" w:rsidP="00391877">
+    <w:p w14:paraId="28AC0C09" w14:textId="1900C730" w:rsidR="009221B5" w:rsidRPr="00391877" w:rsidRDefault="00065AF2" w:rsidP="00391877">
       <w:pPr>
         <w:pStyle w:val="Inhaltsverzeichnisberschrift"/>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="FF66FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391877">
         <w:rPr>
           <w:color w:val="FF66FF"/>
         </w:rPr>
-        <w:t xml:space="preserve">signalisierte </w:t>
+        <w:t>signalisierte</w:t>
+      </w:r>
+      <w:r w:rsidR="001F4E5B">
+        <w:rPr>
+          <w:color w:val="FF66FF"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391877">
+        <w:rPr>
+          <w:color w:val="FF66FF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA6D1B" w:rsidRPr="00391877">
         <w:rPr>
           <w:color w:val="FF66FF"/>
         </w:rPr>
-        <w:t>Schneeschuhroute</w:t>
+        <w:t>Schneeschuh</w:t>
+      </w:r>
+      <w:r w:rsidR="001F4E5B">
+        <w:rPr>
+          <w:color w:val="FF66FF"/>
+        </w:rPr>
+        <w:t>wanderweg</w:t>
       </w:r>
       <w:r w:rsidRPr="00391877">
         <w:rPr>
           <w:color w:val="FF66FF"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk62129620"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="3BB678B3" w14:textId="77777777" w:rsidR="009221B5" w:rsidRDefault="009221B5" w:rsidP="009221B5">
       <w:pPr>
         <w:pStyle w:val="Indexberschrift"/>
       </w:pPr>
       <w:r>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="00C27813">
         <w:t>weck der Begehung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62414072" w14:textId="71596037" w:rsidR="009221B5" w:rsidRDefault="00E77950" w:rsidP="009221B5">
+    <w:p w14:paraId="62414072" w14:textId="4819A7C4" w:rsidR="009221B5" w:rsidRDefault="00E77950" w:rsidP="009221B5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="009221B5">
         <w:t xml:space="preserve">ignalisierte </w:t>
       </w:r>
       <w:r w:rsidR="00BA6D1B">
-        <w:t>Schneeschuhrouten</w:t>
+        <w:t>Schneeschuh</w:t>
+      </w:r>
+      <w:r w:rsidR="00C24401">
+        <w:t>wanderwege</w:t>
       </w:r>
       <w:r w:rsidR="009221B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">sollen </w:t>
       </w:r>
       <w:r w:rsidR="005648E6">
         <w:t>im Gelände</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> hinsichtlich ihrer Qualität sowie der </w:t>
       </w:r>
       <w:r w:rsidR="005648E6">
         <w:t xml:space="preserve">Kommunikation </w:t>
       </w:r>
       <w:r w:rsidR="002C18DE">
         <w:t>überprüft werden</w:t>
       </w:r>
       <w:r w:rsidR="005648E6">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005648E6" w:rsidRPr="00AD3BA7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -129,71 +150,80 @@
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Es wird der Trägerschaft empfohlen, jede Route mindestens einmal pro Saison (eher am Anfang) zu begehen und</w:t>
       </w:r>
       <w:r w:rsidR="00B73CF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E77950">
         <w:t>die Route</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> anhand d</w:t>
       </w:r>
       <w:r w:rsidR="00E77950">
         <w:t xml:space="preserve">er folgenden </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Checkliste </w:t>
       </w:r>
       <w:r w:rsidR="00B70055">
         <w:t>(ab Seite 3) zu überprüfen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062D2501" w14:textId="60A38BC1" w:rsidR="007B7FF2" w:rsidRDefault="007B7FF2" w:rsidP="007B7FF2">
+    <w:p w14:paraId="062D2501" w14:textId="3D52087D" w:rsidR="007B7FF2" w:rsidRDefault="007B7FF2" w:rsidP="007B7FF2">
       <w:pPr>
         <w:pStyle w:val="Indexberschrift"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Definition </w:t>
       </w:r>
       <w:r w:rsidR="00BA6D1B">
-        <w:t>Schneeschuhroute</w:t>
+        <w:t>Schneeschuh</w:t>
+      </w:r>
+      <w:r w:rsidR="00551DCC">
+        <w:t>wanderweg</w:t>
       </w:r>
       <w:r w:rsidR="002C18DE">
         <w:t xml:space="preserve"> (nach Leitfaden)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CA9C4E" w14:textId="216716E0" w:rsidR="00BA6D1B" w:rsidRDefault="00BA6D1B" w:rsidP="00B73CF0">
+    <w:p w14:paraId="22CA9C4E" w14:textId="193804D9" w:rsidR="00BA6D1B" w:rsidRDefault="00BA6D1B" w:rsidP="00B73CF0">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D73D9F">
-        <w:t>Signalisierte Schneeschuhrouten sind allgemein zugängliche und für mit Schneeschuhen gehende Personen bestimmte, schneebedeckte Routen. Sie befinden sich meist abseits von präparierten Wegen und werden nicht ge</w:t>
+        <w:t>Signalisierte Schneeschuh</w:t>
+      </w:r>
+      <w:r w:rsidR="006831E7">
+        <w:t>wanderwege</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73D9F">
+        <w:t xml:space="preserve"> sind allgemein zugängliche und für mit Schneeschuhen gehende Personen bestimmte, schneebedeckte Routen. Sie befinden sich meist abseits von präparierten Wegen und werden nicht ge</w:t>
       </w:r>
       <w:r w:rsidRPr="00D73D9F">
         <w:softHyphen/>
         <w:t>spurt. Besonders schwierige Passagen werden in der Regel gesichert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FAC71BB" w14:textId="6465CAFC" w:rsidR="002F1350" w:rsidRPr="002F1350" w:rsidRDefault="002F1350" w:rsidP="002F1350">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1350">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Konditionelle Anforderung</w:t>
       </w:r>
     </w:p>
@@ -370,138 +400,135 @@
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00135FDB">
         <w:t>massnahmen beschränken sich auf besonders exponierte Abschnitte mit Absturzgefahr.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6A46E6" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00005220" w:rsidRDefault="005648E6" w:rsidP="00005220"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4216"/>
         <w:gridCol w:w="4505"/>
       </w:tblGrid>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="5E096474" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FAB69DF" w14:textId="3D52AEC6" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089648D">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t xml:space="preserve">Angaben </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t>zur durchgeführten Begehung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="10460E43" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="295FAB2E" w14:textId="62218DBD" w:rsidR="005648E6" w:rsidRPr="00FD05D3" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD05D3">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2583" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5636D2E9" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00FD05D3" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="192B736B" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A9DDD1B" w14:textId="32109DC4" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D53D2D">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Teilnehmende</w:t>
             </w:r>
             <w:r w:rsidR="00E77950">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Person(en)</w:t>
@@ -513,51 +540,50 @@
             <w:tcW w:w="2583" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="45383A90" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="5124E4AD" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="32F77FD4" w14:textId="7BF968F3" w:rsidR="005648E6" w:rsidRPr="00D53D2D" w:rsidRDefault="00A751EF" w:rsidP="0075371F">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rStyle w:val="Fett"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Fett"/>
               </w:rPr>
               <w:t>Begangene</w:t>
             </w:r>
             <w:r w:rsidR="005648E6">
               <w:rPr>
                 <w:rStyle w:val="Fett"/>
               </w:rPr>
               <w:t xml:space="preserve"> Route</w:t>
             </w:r>
           </w:p>
@@ -661,144 +687,168 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4247"/>
         <w:gridCol w:w="4396"/>
       </w:tblGrid>
       <w:tr w:rsidR="00891785" w:rsidRPr="00D53D2D" w14:paraId="201CECD8" w14:textId="77777777" w:rsidTr="00005220">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AF7D115" w14:textId="1A444EB8" w:rsidR="00891785" w:rsidRDefault="00891785" w:rsidP="00005220">
+          <w:p w14:paraId="4AF7D115" w14:textId="04C3A5B7" w:rsidR="00891785" w:rsidRDefault="00891785" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089648D">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t xml:space="preserve">Angaben </w:t>
             </w:r>
             <w:r w:rsidR="005648E6">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
-              <w:t xml:space="preserve">zur </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>zu</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD25A6">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
-              <w:t>Schneeschuhroute</w:t>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="005648E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF00FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF00FF"/>
+              </w:rPr>
+              <w:t>Schneeschuh</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD25A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF00FF"/>
+              </w:rPr>
+              <w:t>wanderweg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE70DE" w:rsidRPr="00D53D2D" w14:paraId="67B34473" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="44971F86" w14:textId="498C9A4C" w:rsidR="00CE70DE" w:rsidRPr="009915B5" w:rsidRDefault="00CE70DE" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Trägerschaft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="74A13676" w14:textId="691E6C90" w:rsidR="00CE70DE" w:rsidRPr="009915B5" w:rsidRDefault="00CE70DE" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00891785" w:rsidRPr="00D53D2D" w14:paraId="26E12AF6" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10B6E89F" w14:textId="004798EB" w:rsidR="00891785" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Routenbeschrieb </w:t>
             </w:r>
             <w:r w:rsidR="00A751EF" w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">seitens </w:t>
             </w:r>
             <w:r w:rsidRPr="009915B5">
@@ -815,98 +865,96 @@
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5406E08C" w14:textId="25DBBE87" w:rsidR="00891785" w:rsidRPr="009915B5" w:rsidRDefault="00A751EF" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="5FCA1642" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="63999D23" w14:textId="71348C6E" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Start- und Endpunkt (Ortsnamen bzw. Koordinaten)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="172E218F" w14:textId="1ED120A6" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx - xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="3F4EF8A0" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2739D983" w14:textId="0DE073B1" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Routenname </w:t>
             </w:r>
             <w:r w:rsidRPr="009915B5">
               <w:t xml:space="preserve">| Buchstabe </w:t>
             </w:r>
             <w:r w:rsidR="005648E6" w:rsidRPr="009915B5">
               <w:t>oder</w:t>
             </w:r>
             <w:r w:rsidRPr="009915B5">
               <w:t xml:space="preserve"> Nummer</w:t>
             </w:r>
           </w:p>
@@ -970,99 +1018,97 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5496FC04" w14:textId="6412B042" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="005648E6" w:rsidP="005648E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Nummer </w:t>
             </w:r>
             <w:r w:rsidRPr="009915B5">
               <w:t>| Name | Weblink</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="1373EE06" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53A4DD6D" w14:textId="753A70DC" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Distanz [ideal bis 10 km] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76CF8D7D" w14:textId="5E08958A" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">x km </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="43E4824D" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="425C5642" w14:textId="4D06401B" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Aufstieg </w:t>
             </w:r>
             <w:r w:rsidRPr="009915B5">
               <w:t>| Abstieg</w:t>
             </w:r>
             <w:r w:rsidR="00224F4D" w:rsidRPr="009915B5">
               <w:t xml:space="preserve"> (Höhenmeter)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1080,98 +1126,96 @@
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">x m </w:t>
             </w:r>
             <w:r w:rsidRPr="009915B5">
               <w:t>|</w:t>
             </w:r>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> x m</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F1350" w:rsidRPr="00D53D2D" w14:paraId="57965775" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D8A3595" w14:textId="4AD86AA6" w:rsidR="002F1350" w:rsidRPr="009915B5" w:rsidRDefault="002F1350" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Konditionelle Anforderung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3A367E41" w14:textId="2FBE4B95" w:rsidR="002F1350" w:rsidRPr="009915B5" w:rsidRDefault="006637FA" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005220" w:rsidRPr="00D53D2D" w14:paraId="13FD82B7" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="617F0829" w14:textId="77777777" w:rsidR="00005220" w:rsidRPr="009915B5" w:rsidRDefault="00005220" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Technischer Schwierigkeitsgrad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
@@ -1181,193 +1225,189 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
             <w:r w:rsidR="00005220" w:rsidRPr="009915B5">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="4447624E" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="61C20BC4" w14:textId="77777777" w:rsidR="00A17713" w:rsidRPr="00836E35" w:rsidRDefault="00A17713" w:rsidP="00A17713">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Bemerkung: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37BF630B" w14:textId="77777777" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="005648E6" w:rsidP="005648E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48129B42" w14:textId="4BC1F727" w:rsidR="00792BB4" w:rsidRDefault="00792BB4" w:rsidP="00005220"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4247"/>
         <w:gridCol w:w="4396"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="11F889AF" w14:textId="77777777" w:rsidTr="00005220">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="708AA568" w14:textId="6C2C3A77" w:rsidR="00F76AE1" w:rsidRPr="00D67DBE" w:rsidRDefault="00F76AE1" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089648D">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t>Zuständigkeiten</w:t>
             </w:r>
             <w:r w:rsidR="00D54390">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D54390" w:rsidRPr="00836E35">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>(Angaben zu Name, Telefon, E-Mail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B73CF0" w:rsidRPr="00D53D2D" w14:paraId="73848C0E" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="750A69BA" w14:textId="6564D189" w:rsidR="00B73CF0" w:rsidRDefault="00B73CF0" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Hauptansprechperson der Trägerschaft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B86F57D" w14:textId="6BB2D4E5" w:rsidR="00B73CF0" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="4E22DA7F" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6C703599" w14:textId="687A0C2F" w:rsidR="005648E6" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Ansprechperson für </w:t>
             </w:r>
             <w:r w:rsidR="005648E6" w:rsidRPr="006637FA">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Planung</w:t>
@@ -1379,51 +1419,50 @@
             <w:tcW w:w="2543" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27C510D1" w14:textId="5B469763" w:rsidR="005648E6" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="63023F52" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="39F47FEB" w14:textId="44FC6407" w:rsidR="00F76AE1" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Ansprechperson für </w:t>
             </w:r>
             <w:r w:rsidR="00F76AE1" w:rsidRPr="006637FA">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Signalisation</w:t>
@@ -1435,51 +1474,50 @@
             <w:tcW w:w="2543" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="73DC3C4D" w14:textId="295A8506" w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="2A44586B" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6844159D" w14:textId="60E9E25C" w:rsidR="00F76AE1" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ansprechperson für Betrieb</w:t>
             </w:r>
             <w:r w:rsidR="00E77950">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> und </w:t>
@@ -1505,100 +1543,98 @@
             <w:tcW w:w="2543" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16FE064C" w14:textId="17A139ED" w:rsidR="00F76AE1" w:rsidRPr="00D67DBE" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E77950" w:rsidRPr="00D53D2D" w14:paraId="3ADA6D8B" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00518CB2" w14:textId="34FCCA4E" w:rsidR="00E77950" w:rsidRDefault="00E77950" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ansprechperson für Sicherheit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2543" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="538F486D" w14:textId="104BF5EB" w:rsidR="00E77950" w:rsidRDefault="00E77950" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F76AE1" w:rsidRPr="00D53D2D" w14:paraId="4B869958" w14:textId="77777777" w:rsidTr="009915B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1B00CD4D" w14:textId="5D4C2D5F" w:rsidR="00F76AE1" w:rsidRPr="006637FA" w:rsidRDefault="006637FA" w:rsidP="006637FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Ansprechperson für </w:t>
             </w:r>
             <w:r w:rsidR="00F76AE1" w:rsidRPr="006637FA">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Kommunikation und Information</w:t>
@@ -1611,51 +1647,50 @@
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="08D0C0F1" w14:textId="38207884" w:rsidR="00F76AE1" w:rsidRDefault="00D54390" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="2BD124D7" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6C4A4AC6" w14:textId="77777777" w:rsidR="00A17713" w:rsidRPr="00836E35" w:rsidRDefault="00A17713" w:rsidP="00A17713">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Bemerkung: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="568AF476" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="00005220">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
@@ -1664,79 +1699,77 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28C846C7" w14:textId="3D86173E" w:rsidR="0089648D" w:rsidRDefault="00D67DBE" w:rsidP="00005220">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabellemithellemGitternetz1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7366"/>
         <w:gridCol w:w="1355"/>
       </w:tblGrid>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="0B8635F3" w14:textId="77777777" w:rsidTr="0075371F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2F4880E9" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF00FF"/>
               </w:rPr>
               <w:t>Kommunikation / Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="37ACAAB0" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="36D073CF" w14:textId="4231FC5A" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="00E77950" w:rsidP="0075371F">
             <w:r w:rsidRPr="00836E35">
               <w:t>Von der</w:t>
             </w:r>
             <w:r w:rsidR="00F159DC" w:rsidRPr="00836E35">
               <w:t xml:space="preserve"> Trägerschaft k</w:t>
             </w:r>
             <w:r w:rsidR="005648E6" w:rsidRPr="00836E35">
               <w:t xml:space="preserve">ommunizierter Routenverlauf </w:t>
             </w:r>
             <w:r w:rsidR="00BC3803" w:rsidRPr="00836E35">
               <w:t xml:space="preserve">ist </w:t>
             </w:r>
             <w:r w:rsidR="005648E6" w:rsidRPr="00836E35">
               <w:t xml:space="preserve">identisch mit </w:t>
             </w:r>
             <w:r w:rsidR="008B7C3A" w:rsidRPr="00836E35">
               <w:t xml:space="preserve">der </w:t>
             </w:r>
             <w:r w:rsidR="005648E6" w:rsidRPr="00836E35">
@@ -1780,51 +1813,50 @@
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja </w:t>
             </w:r>
             <w:r w:rsidRPr="00125F09">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Cardo" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r w:rsidRPr="00125F09">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> nein</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="5ED3AE52" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="761CE67E" w14:textId="42EF2521" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:r w:rsidRPr="00836E35">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Langfristig</w:t>
             </w:r>
             <w:r w:rsidR="00E77950" w:rsidRPr="00836E35">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00836E35">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">verbindliche Linienführung </w:t>
             </w:r>
             <w:r w:rsidR="00E77950" w:rsidRPr="00836E35">
@@ -1868,178 +1900,179 @@
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja </w:t>
             </w:r>
             <w:r w:rsidRPr="00125F09">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Cardo" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r w:rsidRPr="00125F09">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> nein</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="7D2B027E" w14:textId="77777777" w:rsidTr="005648E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79D364A4" w14:textId="166DF9BB" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="00AF5AFA" w:rsidP="0075371F">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Die </w:t>
+          <w:p w14:paraId="79D364A4" w14:textId="66435743" w:rsidR="005648E6" w:rsidRPr="00836E35" w:rsidRDefault="00BD25A6" w:rsidP="0075371F">
+            <w:pPr>
+              <w:pStyle w:val="KeinLeerraum"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Der Schneeschuhwanderweg</w:t>
             </w:r>
             <w:r w:rsidR="005648E6" w:rsidRPr="00836E35">
-              <w:t>Schneeschuhroute wird auf folgenden online-Plattformen kommuniziert:</w:t>
+              <w:t xml:space="preserve"> wird auf folgenden online-Plattformen kommuniziert:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10A745F9" w14:textId="77777777" w:rsidR="00B31DE8" w:rsidRPr="00836E35" w:rsidRDefault="00B31DE8" w:rsidP="00B73CF0">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A79C731" w14:textId="4797410C" w:rsidR="00B73CF0" w:rsidRPr="00836E35" w:rsidRDefault="00B73CF0" w:rsidP="00B73CF0">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48804D87" w14:textId="0E0DEF05" w:rsidR="00B31DE8" w:rsidRPr="00722656" w:rsidRDefault="00B31DE8" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005648E6" w:rsidRPr="00D53D2D" w14:paraId="24D64982" w14:textId="77777777" w:rsidTr="0075371F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79236F55" w14:textId="77777777" w:rsidR="00A17713" w:rsidRPr="00836E35" w:rsidRDefault="00A17713" w:rsidP="00A17713">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Bemerkung: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="177CABC4" w14:textId="77777777" w:rsidR="005648E6" w:rsidRDefault="005648E6" w:rsidP="0075371F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01A32FCD" w14:textId="7CF3B2E0" w:rsidR="00CB663F" w:rsidRDefault="007B7FF2" w:rsidP="00E77950">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Checkliste</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C224086" w14:textId="77777777" w:rsidR="00E77950" w:rsidRPr="00E77950" w:rsidRDefault="00E77950" w:rsidP="00E77950">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CAC334E" w14:textId="6E8DD1FF" w:rsidR="00BD3BA9" w:rsidRDefault="009B4C42" w:rsidP="00E77950">
+    <w:p w14:paraId="6CAC334E" w14:textId="2C19DCAE" w:rsidR="00BD3BA9" w:rsidRDefault="009B4C42" w:rsidP="00E77950">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk102728653"/>
       <w:r>
         <w:t xml:space="preserve">Die einzelnen Kriterien </w:t>
       </w:r>
       <w:r w:rsidR="005648E6">
         <w:t xml:space="preserve">der Checkliste </w:t>
       </w:r>
       <w:r>
         <w:t>stützen sich auf den Leitfaden Winterwanderwege und Schneeschuhrouten und</w:t>
       </w:r>
       <w:r w:rsidR="00E77950">
         <w:t xml:space="preserve"> zeigen die</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E841E9">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nforderungen an signalisierte </w:t>
       </w:r>
       <w:r w:rsidR="005D3F8A">
-        <w:t>Schneeschuhrouten</w:t>
+        <w:t>Schneeschuh</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD25A6">
+        <w:t>wanderwege</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B4009E">
         <w:t xml:space="preserve">Das vollständig ausgefüllte Begehungsdokument wird </w:t>
       </w:r>
       <w:r w:rsidR="005648E6">
         <w:t xml:space="preserve">nach der Begehung </w:t>
       </w:r>
       <w:r w:rsidR="00B4009E">
         <w:t xml:space="preserve">an die </w:t>
       </w:r>
       <w:r w:rsidR="00BD3BA9">
         <w:t>Verantwortlichen</w:t>
       </w:r>
       <w:r w:rsidR="00B4009E">
         <w:t xml:space="preserve"> weitergeleitet. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="04401F1E" w14:textId="77777777" w:rsidR="00E77950" w:rsidRPr="00240529" w:rsidRDefault="00E77950" w:rsidP="00E77950">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2132,51 +2165,50 @@
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4322CC70" w14:textId="29DD7DB0" w:rsidR="004D0AB5" w:rsidRPr="00C12BCF" w:rsidRDefault="004D0AB5" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Meldebl</w:t>
             </w:r>
             <w:r w:rsidR="00DD0C9D">
               <w:t>ATT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00726027" w14:paraId="37AED20B" w14:textId="77777777" w:rsidTr="008D34FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F0BD8B7" w14:textId="2781F695" w:rsidR="00726027" w:rsidRPr="00836E35" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:t xml:space="preserve">Route </w:t>
             </w:r>
             <w:r w:rsidR="00E77950" w:rsidRPr="00836E35">
               <w:t xml:space="preserve">ist </w:t>
             </w:r>
             <w:r w:rsidRPr="00836E35">
               <w:t>abwechslungsreich und landschaftlich attraktiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1485C345" w14:textId="3742EF6B" w:rsidR="00726027" w:rsidRPr="00AC034F" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
@@ -2228,51 +2260,50 @@
             <w:r w:rsidR="00B70055">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>nein</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6AA0D8EC" w14:textId="5E6E199D" w:rsidR="00726027" w:rsidRPr="00C27813" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00726027" w14:paraId="3F75114E" w14:textId="77777777" w:rsidTr="008D34FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C900E5A" w14:textId="763156E9" w:rsidR="00726027" w:rsidRPr="00836E35" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:t>Start- und Endpunkt</w:t>
             </w:r>
             <w:r w:rsidR="00E77950" w:rsidRPr="00836E35">
               <w:t xml:space="preserve"> sind </w:t>
             </w:r>
             <w:r w:rsidRPr="00836E35">
               <w:t xml:space="preserve">an das öV-Netz angeschlossen </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3D839B24" w14:textId="2CCB804B" w:rsidR="00726027" w:rsidRPr="00AC034F" w:rsidRDefault="00726027" w:rsidP="00726027">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
@@ -2698,51 +2729,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="445E0DED" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C12BCF" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>MeldeblATT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="3EB6F452" w14:textId="77777777" w:rsidTr="00CC1CB9">
         <w:trPr>
           <w:trHeight w:val="1640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79C84971" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r w:rsidRPr="00033B70">
               <w:t xml:space="preserve">Kreuzung/Querung mit </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13B67980" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00033B70">
               <w:t>Schlittelpiste</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="5A5FEA4E" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
@@ -3135,51 +3165,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A4185CD" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>nicht notwendig</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="6250AC2D" w14:textId="77777777" w:rsidTr="00595861">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BC7C888" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0A64BB9D" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -3187,51 +3216,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="557E1DF9" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="7182DA35" w14:textId="77777777" w:rsidTr="00CC1CB9">
         <w:trPr>
           <w:trHeight w:val="1681"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BEA2891" w14:textId="388D6BC4" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r w:rsidRPr="00033B70">
               <w:t xml:space="preserve">Parallelführung, d.h. </w:t>
             </w:r>
             <w:r>
               <w:t>Routen</w:t>
             </w:r>
             <w:r w:rsidRPr="00033B70">
               <w:t xml:space="preserve">trassee neben </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="712323EE" w14:textId="21D1EE91" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Winterwanderweg</w:t>
@@ -3306,50 +3334,51 @@
             <w:r w:rsidRPr="00033B70">
               <w:t>physische Abtrennung ist vorhanden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33B539E6" w14:textId="77777777" w:rsidR="00B70055" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00033B70">
               <w:t>entsprechende Signalisation ist vorhanden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A7AF47C" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00033B70">
+              <w:lastRenderedPageBreak/>
               <w:t>Sicherheit aller Beteiligten ist gewährleistet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="6A022145" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6EC3474E" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
@@ -3609,50 +3638,51 @@
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r w:rsidRPr="00033B70">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> trifft nicht zu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="114770F4" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033B70">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Cardo" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>❏</w:t>
             </w:r>
             <w:r w:rsidRPr="00033B70">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> trifft zu </w:t>
             </w:r>
             <w:r w:rsidRPr="00033B70">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Cardo" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r w:rsidRPr="00033B70">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> trifft nicht zu</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3692,109 +3722,109 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>nicht notwendig</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D90A7D1" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C45DB3" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="3BF533D6" w14:textId="77777777" w:rsidTr="00595861">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43FA28ED" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6F00E7BB" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C45DB3" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="10C6F6C2" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="0344F059" w14:textId="77777777" w:rsidTr="00CC1CB9">
         <w:trPr>
           <w:trHeight w:val="1674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="48D27DE5" w14:textId="47DA7F7F" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
+          </w:tcPr>
+          <w:p w14:paraId="48D27DE5" w14:textId="53499AD6" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
-              <w:t>Schneeschuhroute</w:t>
+              <w:t>Schneeschuh</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD25A6">
+              <w:t>wanderweg</w:t>
             </w:r>
             <w:r w:rsidRPr="00033B70">
               <w:t xml:space="preserve"> auf demselben Trasse</w:t>
             </w:r>
             <w:r>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00033B70">
               <w:t xml:space="preserve"> mit</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E349C46" w14:textId="19A10AD2" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Winterwanderweg</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="535BFA5A" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00B70055">
             <w:pPr>
@@ -4198,51 +4228,50 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>nicht notwendig</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="261B602A" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w:rsidRPr="00672402" w14:paraId="6447C86E" w14:textId="77777777" w:rsidTr="00595861">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06C53C95" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="57B1E716" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00033B70" w:rsidRDefault="00B70055" w:rsidP="00595861">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4377,51 +4406,50 @@
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="73425F32" w14:textId="0C2CD15A" w:rsidR="004F4E34" w:rsidRPr="00C12BCF" w:rsidRDefault="004F4E34" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Meldebl</w:t>
             </w:r>
             <w:r w:rsidR="00DD0C9D">
               <w:t>ATT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F4E34" w:rsidRPr="00672402" w14:paraId="672E0164" w14:textId="77777777" w:rsidTr="008D34FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C667E3E" w14:textId="610A4CC8" w:rsidR="002E3BD1" w:rsidRPr="00836E35" w:rsidRDefault="004F05DA" w:rsidP="004F4E34">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:t>Kunstbauten</w:t>
             </w:r>
             <w:r w:rsidR="002E3BD1" w:rsidRPr="00836E35">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00836E35">
               <w:t>Brücken</w:t>
             </w:r>
             <w:r w:rsidR="002E3BD1" w:rsidRPr="00836E35">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00836E35">
               <w:t>Geländer</w:t>
             </w:r>
             <w:r w:rsidR="002E3BD1" w:rsidRPr="00836E35">
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63307C0E" w14:textId="480FD94B" w:rsidR="00AC3D95" w:rsidRPr="00836E35" w:rsidRDefault="00AC3D95" w:rsidP="004F4E34">
@@ -5331,94 +5359,93 @@
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="22B19BAF" w14:textId="1CD85346" w:rsidR="004F05DA" w:rsidRPr="00C12BCF" w:rsidRDefault="004F05DA" w:rsidP="005A0581">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Meldebl</w:t>
             </w:r>
             <w:r w:rsidR="00DD0C9D">
               <w:t>att</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00672402" w14:paraId="5A568903" w14:textId="77777777" w:rsidTr="00DD0C9D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2842" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BD161DB" w14:textId="301B467D" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:t>Wegweiser und Richtungszeiger</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21F10584" w14:textId="51BE1561" w:rsidR="00F42492" w:rsidRDefault="00A17713" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Grundfarbe pink</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0446F9E4" w14:textId="3D03DC49" w:rsidR="006E3305" w:rsidRDefault="006E3305" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>richtiges Piktogramm</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AA3E2B5" w14:textId="73F59C8D" w:rsidR="00672402" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Schrift- und </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Piktogrammfarbe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00262C09">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008F19E3">
               <w:t xml:space="preserve">sind </w:t>
             </w:r>
             <w:r w:rsidR="00262C09">
               <w:t>weiss</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C3CEC8E" w14:textId="77777777" w:rsidR="00672402" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -5545,88 +5572,88 @@
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r w:rsidRPr="00672402">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> trifft nicht zu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C75D48D" w14:textId="451B0A30" w:rsidR="006E3305" w:rsidRPr="00672402" w:rsidRDefault="006E3305" w:rsidP="00F42492">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00672402">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Cardo" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>❏</w:t>
             </w:r>
             <w:r w:rsidRPr="00672402">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> trifft zu </w:t>
             </w:r>
             <w:r w:rsidRPr="00672402">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Cardo" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r w:rsidRPr="00672402">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> trifft nicht zu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EF255A6" w14:textId="67FBD8F0" w:rsidR="00672402" w:rsidRPr="00672402" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00672402">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Cardo" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>❏</w:t>
             </w:r>
             <w:r w:rsidRPr="00672402">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> trifft zu </w:t>
             </w:r>
             <w:r w:rsidRPr="00672402">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Cardo" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>❏</w:t>
             </w:r>
             <w:r w:rsidRPr="00672402">
               <w:rPr>
                 <w:rFonts w:eastAsia="Cardo" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> trifft nicht zu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61CCA542" w14:textId="77777777" w:rsidR="00672402" w:rsidRPr="00672402" w:rsidRDefault="00672402" w:rsidP="00672402">
@@ -7114,50 +7141,51 @@
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00317A63" w14:paraId="0BA78321" w14:textId="77777777" w:rsidTr="00B70055">
         <w:trPr>
           <w:trHeight w:val="1465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="23D7ABB1" w14:textId="77777777" w:rsidR="00317A63" w:rsidRPr="00836E35" w:rsidRDefault="00317A63" w:rsidP="00317A63">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Bemerkung: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="022BF49E" w14:textId="77777777" w:rsidR="00317A63" w:rsidRDefault="00317A63" w:rsidP="00317A63">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="096BE7C7" w14:textId="65156E0E" w:rsidR="00836E35" w:rsidRPr="00836E35" w:rsidRDefault="00836E35" w:rsidP="00317A63">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="0E1C751C" w14:textId="77777777" w:rsidR="003A6801" w:rsidRDefault="003A6801" w:rsidP="00672402"/>
     <w:p w14:paraId="4C85C34C" w14:textId="1137BDEE" w:rsidR="00322D91" w:rsidRPr="00372153" w:rsidRDefault="00DC46AD" w:rsidP="00322D91">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:color w:val="FF00FF"/>
         </w:rPr>
       </w:pPr>
@@ -7236,51 +7264,50 @@
               <w:t>qualität</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0285A253" w14:textId="77777777" w:rsidR="00322D91" w:rsidRPr="00C12BCF" w:rsidRDefault="00322D91" w:rsidP="005A0581">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>Meldeblatt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00672402" w14:paraId="1A31D150" w14:textId="77777777" w:rsidTr="008D34FA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2923" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C1B5B2C" w14:textId="63212705" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:t>Bestätigungen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="508597AD" w14:textId="15DA7512" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:t>in einwandfreiem Zustand</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="015F19B1" w14:textId="38BB5417" w:rsidR="00672402" w:rsidRPr="00836E35" w:rsidRDefault="00672402" w:rsidP="00672402">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
@@ -7684,85 +7711,99 @@
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="777" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="403B12A4" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00C12BCF" w:rsidRDefault="00B70055" w:rsidP="00986FA5">
             <w:pPr>
               <w:pStyle w:val="Nachrichtenkopf"/>
             </w:pPr>
             <w:r>
               <w:t>qualität</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B70055" w14:paraId="6CA24C99" w14:textId="77777777" w:rsidTr="00B70055">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E11BA36" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
+          </w:tcPr>
+          <w:p w14:paraId="5E11BA36" w14:textId="789A273F" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
-              <w:t>Vor Ort wird zur Schneeschuhroute folgendermassen informiert:</w:t>
+              <w:t>Vor Ort wird zu</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD25A6">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00836E35">
+              <w:t xml:space="preserve"> Schneeschuh</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD25A6">
+              <w:t>weg</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00836E35">
+              <w:t xml:space="preserve"> folgendermassen informiert:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69218DB8" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:t>Informationstafel «Winterland Schweiz»</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4746BF75" w14:textId="2B3C0F74" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
+          <w:p w14:paraId="4746BF75" w14:textId="372073A4" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="00836E35">
-              <w:t>Startinformationstafel Schneeschuhroute</w:t>
+              <w:t>Startinformationstafel Schneeschuh</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD25A6">
+              <w:t>wanderweg</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>xy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="002BCFC3" w14:textId="77777777" w:rsidR="00B70055" w:rsidRPr="00836E35" w:rsidRDefault="00B70055" w:rsidP="00836E35">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00836E35">
               <w:t>Wintersport – Informationssystem</w:t>
             </w:r>
           </w:p>
@@ -10508,76 +10549,76 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="404214D7" w14:textId="014C91B7" w:rsidR="00586980" w:rsidRDefault="00586980" w:rsidP="00D53AEC">
       <w:pPr>
         <w:pStyle w:val="KeinLeerraum"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00586980" w:rsidSect="00BC6D59">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1718" w:right="1474" w:bottom="1701" w:left="1701" w:header="646" w:footer="499" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B597486" w14:textId="77777777" w:rsidR="00901939" w:rsidRDefault="00901939" w:rsidP="007643E2">
+    <w:p w14:paraId="37F91B39" w14:textId="77777777" w:rsidR="00126938" w:rsidRDefault="00126938" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6412A61F" w14:textId="77777777" w:rsidR="00901939" w:rsidRDefault="00901939" w:rsidP="007643E2">
+    <w:p w14:paraId="1D5E8964" w14:textId="77777777" w:rsidR="00126938" w:rsidRDefault="00126938" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -10595,51 +10636,51 @@
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2DF7105B" w14:textId="77777777" w:rsidR="004F4E34" w:rsidRPr="00A12A60" w:rsidRDefault="004F4E34" w:rsidP="00B745B9">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8732"/>
         <w:tab w:val="right" w:pos="8731"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
@@ -10695,51 +10736,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1022400" cy="432000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1669DDC8" w14:textId="083D48EA" w:rsidR="004F4E34" w:rsidRDefault="004F4E34">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="0" wp14:anchorId="3222F88C" wp14:editId="44F104DC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9984105</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1022350" cy="431800"/>
           <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Grafik 6"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -10765,76 +10806,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1022350" cy="431800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44DF2FFC" w14:textId="77777777" w:rsidR="00901939" w:rsidRDefault="00901939" w:rsidP="007643E2">
+    <w:p w14:paraId="5EDBA62F" w14:textId="77777777" w:rsidR="00126938" w:rsidRDefault="00126938" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69AD3848" w14:textId="77777777" w:rsidR="00901939" w:rsidRDefault="00901939" w:rsidP="007643E2">
+    <w:p w14:paraId="65199799" w14:textId="77777777" w:rsidR="00126938" w:rsidRDefault="00126938" w:rsidP="007643E2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F864AC9" w14:textId="5033D4B8" w:rsidR="004F4E34" w:rsidRDefault="004F4E34" w:rsidP="000C1766">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:r w:rsidRPr="00791479">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>Schweizer Wanderwege</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00F230B7">
       <w:t xml:space="preserve">| </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00F230B7">
       <w:t>Monbijoustrasse</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00F230B7">
       <w:t xml:space="preserve"> 61 |</w:t>
     </w:r>
@@ -10931,51 +10972,51 @@
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>h</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F216E508"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EBA0DBAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -14584,176 +14625,176 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="406849159">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1504974381">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1979870781">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1552838274">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1161657179">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="734815323">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1918905162">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1569924374">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="743986277">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="369696278">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1683629419">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="506672882">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="716780131">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="690953718">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1796482551">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1357074979">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1388337357">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2074110457">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1975595518">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="226575098">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="258834336">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="138349973">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="607349004">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1194197028">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1481071208">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="673187190">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="9453163">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1429042995">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1300186868">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="672420428">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1776169480">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="629438754">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="2562168">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1847984736">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1877742264">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="490023186">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="940840827">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C27813"/>
     <w:rsid w:val="00004D3D"/>
     <w:rsid w:val="0000503C"/>
     <w:rsid w:val="00005220"/>
     <w:rsid w:val="00006733"/>
     <w:rsid w:val="0001449E"/>
     <w:rsid w:val="0001701D"/>
@@ -14774,74 +14815,76 @@
     <w:rsid w:val="00083398"/>
     <w:rsid w:val="0009418A"/>
     <w:rsid w:val="00095E7E"/>
     <w:rsid w:val="000A201A"/>
     <w:rsid w:val="000A7B60"/>
     <w:rsid w:val="000B16A0"/>
     <w:rsid w:val="000B2086"/>
     <w:rsid w:val="000B31E5"/>
     <w:rsid w:val="000B50C2"/>
     <w:rsid w:val="000B7CC6"/>
     <w:rsid w:val="000C1766"/>
     <w:rsid w:val="000E3E70"/>
     <w:rsid w:val="000E3F79"/>
     <w:rsid w:val="000F0E8B"/>
     <w:rsid w:val="000F217C"/>
     <w:rsid w:val="000F3B95"/>
     <w:rsid w:val="000F4399"/>
     <w:rsid w:val="00101920"/>
     <w:rsid w:val="0010394C"/>
     <w:rsid w:val="00105C5C"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="0011263A"/>
     <w:rsid w:val="00113D75"/>
     <w:rsid w:val="0011564A"/>
     <w:rsid w:val="0012261D"/>
+    <w:rsid w:val="00126938"/>
     <w:rsid w:val="001273C3"/>
     <w:rsid w:val="00131331"/>
     <w:rsid w:val="00131DA2"/>
     <w:rsid w:val="0015018C"/>
     <w:rsid w:val="00150657"/>
     <w:rsid w:val="00170CE6"/>
     <w:rsid w:val="00175BD0"/>
     <w:rsid w:val="001808CD"/>
     <w:rsid w:val="00182621"/>
     <w:rsid w:val="0018382C"/>
     <w:rsid w:val="00185E82"/>
     <w:rsid w:val="00187250"/>
     <w:rsid w:val="001A376F"/>
     <w:rsid w:val="001A5938"/>
     <w:rsid w:val="001B1F50"/>
     <w:rsid w:val="001B30D3"/>
     <w:rsid w:val="001B6088"/>
     <w:rsid w:val="001C0668"/>
     <w:rsid w:val="001C57E7"/>
     <w:rsid w:val="001D1463"/>
     <w:rsid w:val="001D1A12"/>
     <w:rsid w:val="001E64B1"/>
     <w:rsid w:val="001F2571"/>
     <w:rsid w:val="001F475A"/>
+    <w:rsid w:val="001F4E5B"/>
     <w:rsid w:val="002031B0"/>
     <w:rsid w:val="00203F5B"/>
     <w:rsid w:val="00205D8A"/>
     <w:rsid w:val="002100BC"/>
     <w:rsid w:val="00213833"/>
     <w:rsid w:val="00223709"/>
     <w:rsid w:val="00224F4D"/>
     <w:rsid w:val="0023276A"/>
     <w:rsid w:val="00234273"/>
     <w:rsid w:val="0023607E"/>
     <w:rsid w:val="00240529"/>
     <w:rsid w:val="002415DC"/>
     <w:rsid w:val="00255D90"/>
     <w:rsid w:val="00257788"/>
     <w:rsid w:val="00260F20"/>
     <w:rsid w:val="00262C09"/>
     <w:rsid w:val="00263719"/>
     <w:rsid w:val="00270596"/>
     <w:rsid w:val="00271287"/>
     <w:rsid w:val="0027663B"/>
     <w:rsid w:val="002841CC"/>
     <w:rsid w:val="002901AE"/>
     <w:rsid w:val="00292BBB"/>
     <w:rsid w:val="002A7501"/>
     <w:rsid w:val="002C0072"/>
@@ -14933,138 +14976,141 @@
     <w:rsid w:val="004E4453"/>
     <w:rsid w:val="004F05DA"/>
     <w:rsid w:val="004F1274"/>
     <w:rsid w:val="004F2910"/>
     <w:rsid w:val="004F4E34"/>
     <w:rsid w:val="004F507D"/>
     <w:rsid w:val="004F6E8C"/>
     <w:rsid w:val="00500E2F"/>
     <w:rsid w:val="005014E1"/>
     <w:rsid w:val="00503A48"/>
     <w:rsid w:val="00506764"/>
     <w:rsid w:val="0051315B"/>
     <w:rsid w:val="005237E9"/>
     <w:rsid w:val="005245C6"/>
     <w:rsid w:val="005245E0"/>
     <w:rsid w:val="00527092"/>
     <w:rsid w:val="00531D28"/>
     <w:rsid w:val="005339D3"/>
     <w:rsid w:val="00535166"/>
     <w:rsid w:val="0053779C"/>
     <w:rsid w:val="00537BFC"/>
     <w:rsid w:val="0054605B"/>
     <w:rsid w:val="0054605E"/>
     <w:rsid w:val="00546A97"/>
     <w:rsid w:val="0054735E"/>
+    <w:rsid w:val="00551DCC"/>
     <w:rsid w:val="0055378C"/>
     <w:rsid w:val="005648E6"/>
     <w:rsid w:val="0057310F"/>
     <w:rsid w:val="0057337B"/>
     <w:rsid w:val="005767F4"/>
     <w:rsid w:val="00577404"/>
     <w:rsid w:val="005862D9"/>
     <w:rsid w:val="00586980"/>
     <w:rsid w:val="0059307B"/>
     <w:rsid w:val="00595E45"/>
     <w:rsid w:val="00597F3D"/>
     <w:rsid w:val="005B1C4D"/>
     <w:rsid w:val="005B5F9E"/>
     <w:rsid w:val="005B65D1"/>
     <w:rsid w:val="005C4EA9"/>
     <w:rsid w:val="005C4FC9"/>
     <w:rsid w:val="005D3F8A"/>
     <w:rsid w:val="005D4ED1"/>
     <w:rsid w:val="005E012A"/>
     <w:rsid w:val="005F019A"/>
     <w:rsid w:val="005F1AB3"/>
     <w:rsid w:val="005F2552"/>
     <w:rsid w:val="00600DC2"/>
     <w:rsid w:val="00602D3A"/>
     <w:rsid w:val="00627183"/>
     <w:rsid w:val="00632AE6"/>
     <w:rsid w:val="00633E7E"/>
     <w:rsid w:val="00634266"/>
     <w:rsid w:val="00635688"/>
     <w:rsid w:val="00650DAB"/>
     <w:rsid w:val="00654E5F"/>
     <w:rsid w:val="00656C2D"/>
     <w:rsid w:val="00657250"/>
     <w:rsid w:val="0066281A"/>
     <w:rsid w:val="00662D5C"/>
     <w:rsid w:val="006637FA"/>
     <w:rsid w:val="00666F54"/>
     <w:rsid w:val="00672402"/>
     <w:rsid w:val="006801B5"/>
     <w:rsid w:val="00682F75"/>
+    <w:rsid w:val="006831E7"/>
     <w:rsid w:val="00685FE2"/>
     <w:rsid w:val="00692B62"/>
     <w:rsid w:val="00692C65"/>
     <w:rsid w:val="00694CAA"/>
     <w:rsid w:val="006969EE"/>
     <w:rsid w:val="006A5574"/>
     <w:rsid w:val="006C52D4"/>
     <w:rsid w:val="006D6C01"/>
     <w:rsid w:val="006E32CD"/>
     <w:rsid w:val="006E3305"/>
     <w:rsid w:val="00706788"/>
     <w:rsid w:val="00711719"/>
     <w:rsid w:val="00711F72"/>
     <w:rsid w:val="00712CDF"/>
     <w:rsid w:val="00714258"/>
     <w:rsid w:val="007153B2"/>
     <w:rsid w:val="00726027"/>
     <w:rsid w:val="00726EC8"/>
     <w:rsid w:val="00727BB3"/>
     <w:rsid w:val="007308E2"/>
     <w:rsid w:val="00731886"/>
     <w:rsid w:val="00734774"/>
     <w:rsid w:val="00740668"/>
     <w:rsid w:val="007450DE"/>
     <w:rsid w:val="00745CC2"/>
     <w:rsid w:val="00746518"/>
     <w:rsid w:val="0075205B"/>
     <w:rsid w:val="007543C6"/>
     <w:rsid w:val="0076130F"/>
     <w:rsid w:val="00761B15"/>
     <w:rsid w:val="00761EE8"/>
     <w:rsid w:val="00762AEB"/>
     <w:rsid w:val="00763C1A"/>
     <w:rsid w:val="007643E2"/>
     <w:rsid w:val="0076723D"/>
     <w:rsid w:val="0077128A"/>
     <w:rsid w:val="00772894"/>
     <w:rsid w:val="007747A9"/>
     <w:rsid w:val="00780363"/>
     <w:rsid w:val="00781347"/>
     <w:rsid w:val="00783A94"/>
     <w:rsid w:val="007854B6"/>
     <w:rsid w:val="00785B4C"/>
     <w:rsid w:val="0078760E"/>
     <w:rsid w:val="00787754"/>
     <w:rsid w:val="00791479"/>
     <w:rsid w:val="00792BB4"/>
     <w:rsid w:val="00793417"/>
+    <w:rsid w:val="007947DE"/>
     <w:rsid w:val="00796338"/>
     <w:rsid w:val="007A1C95"/>
     <w:rsid w:val="007A74ED"/>
     <w:rsid w:val="007B0777"/>
     <w:rsid w:val="007B4AE1"/>
     <w:rsid w:val="007B7FF2"/>
     <w:rsid w:val="007C10C4"/>
     <w:rsid w:val="007C3AE8"/>
     <w:rsid w:val="007C6A23"/>
     <w:rsid w:val="007C76EB"/>
     <w:rsid w:val="007D2381"/>
     <w:rsid w:val="007D2454"/>
     <w:rsid w:val="007E07FE"/>
     <w:rsid w:val="007F0306"/>
     <w:rsid w:val="007F287F"/>
     <w:rsid w:val="007F46EE"/>
     <w:rsid w:val="007F740E"/>
     <w:rsid w:val="0080327C"/>
     <w:rsid w:val="00805417"/>
     <w:rsid w:val="008222BE"/>
     <w:rsid w:val="0082298F"/>
     <w:rsid w:val="00824809"/>
     <w:rsid w:val="0082495C"/>
     <w:rsid w:val="008266F3"/>
     <w:rsid w:val="0083551D"/>
@@ -15168,64 +15214,66 @@
     <w:rsid w:val="00B160AF"/>
     <w:rsid w:val="00B31DE8"/>
     <w:rsid w:val="00B31EE1"/>
     <w:rsid w:val="00B4009E"/>
     <w:rsid w:val="00B40961"/>
     <w:rsid w:val="00B42508"/>
     <w:rsid w:val="00B43D51"/>
     <w:rsid w:val="00B52960"/>
     <w:rsid w:val="00B55099"/>
     <w:rsid w:val="00B560BF"/>
     <w:rsid w:val="00B564DA"/>
     <w:rsid w:val="00B60790"/>
     <w:rsid w:val="00B621FE"/>
     <w:rsid w:val="00B70055"/>
     <w:rsid w:val="00B71D23"/>
     <w:rsid w:val="00B73CF0"/>
     <w:rsid w:val="00B745B9"/>
     <w:rsid w:val="00B91FC3"/>
     <w:rsid w:val="00B9413A"/>
     <w:rsid w:val="00BA577D"/>
     <w:rsid w:val="00BA6D1B"/>
     <w:rsid w:val="00BA7B5D"/>
     <w:rsid w:val="00BB5063"/>
     <w:rsid w:val="00BC3803"/>
     <w:rsid w:val="00BC6D59"/>
+    <w:rsid w:val="00BD25A6"/>
     <w:rsid w:val="00BD273F"/>
     <w:rsid w:val="00BD3B86"/>
     <w:rsid w:val="00BD3BA9"/>
     <w:rsid w:val="00BD4EF8"/>
     <w:rsid w:val="00BD7912"/>
     <w:rsid w:val="00BE4489"/>
     <w:rsid w:val="00BF01CF"/>
     <w:rsid w:val="00BF5299"/>
     <w:rsid w:val="00C0459B"/>
     <w:rsid w:val="00C049FE"/>
     <w:rsid w:val="00C12BCF"/>
     <w:rsid w:val="00C2083D"/>
     <w:rsid w:val="00C22DD8"/>
     <w:rsid w:val="00C230C2"/>
+    <w:rsid w:val="00C24401"/>
     <w:rsid w:val="00C27813"/>
     <w:rsid w:val="00C34227"/>
     <w:rsid w:val="00C424AC"/>
     <w:rsid w:val="00C46F0A"/>
     <w:rsid w:val="00C52827"/>
     <w:rsid w:val="00C60DC0"/>
     <w:rsid w:val="00C62DA2"/>
     <w:rsid w:val="00C65CE9"/>
     <w:rsid w:val="00C73E78"/>
     <w:rsid w:val="00C75D36"/>
     <w:rsid w:val="00C75E55"/>
     <w:rsid w:val="00C7652D"/>
     <w:rsid w:val="00C7699E"/>
     <w:rsid w:val="00C80AD9"/>
     <w:rsid w:val="00C83053"/>
     <w:rsid w:val="00C832AC"/>
     <w:rsid w:val="00C850B0"/>
     <w:rsid w:val="00CA0909"/>
     <w:rsid w:val="00CB1076"/>
     <w:rsid w:val="00CB50B6"/>
     <w:rsid w:val="00CB663F"/>
     <w:rsid w:val="00CC145F"/>
     <w:rsid w:val="00CC1CB9"/>
     <w:rsid w:val="00CC4962"/>
     <w:rsid w:val="00CD018C"/>
@@ -15346,65 +15394,65 @@
     <w:rsid w:val="00FD67F8"/>
     <w:rsid w:val="00FE0C4A"/>
     <w:rsid w:val="00FE2641"/>
     <w:rsid w:val="00FE2A14"/>
     <w:rsid w:val="00FE7AFD"/>
     <w:rsid w:val="00FF1701"/>
     <w:rsid w:val="00FF3AFA"/>
     <w:rsid w:val="00FF7C4C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="386220D1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3F4544C7-F3DE-4A93-AFFF-2419A925882F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="270" w:lineRule="atLeast"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16860,51 +16908,51 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="004F6E8C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240529"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="193659341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="319619485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17252,77 +17300,78 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101006CBB64B92B12E54E8396EAAA0183E3A6" ma:contentTypeVersion="19" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="32426d1c8dbee654dc7f76c399c3bd1c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="522d1368-be8f-460d-b7e5-bd2505800a91" xmlns:ns3="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="767a37752ab94a46a6a695d2585a8338" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101006CBB64B92B12E54E8396EAAA0183E3A6" ma:contentTypeVersion="20" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="5ca55743785f63cb50ff28e121c59b66">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="522d1368-be8f-460d-b7e5-bd2505800a91" xmlns:ns3="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57100304b3644c35bba61de8aa902d97" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="522d1368-be8f-460d-b7e5-bd2505800a91"/>
     <xsd:import namespace="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="522d1368-be8f-460d-b7e5-bd2505800a91" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -17349,50 +17398,55 @@
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7fa578fa-4d3a-41e0-b52b-b05268b3217d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -17504,139 +17558,161 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="522d1368-be8f-460d-b7e5-bd2505800a91">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{492EEA8B-F6BB-4C81-B2E6-DD17DB058283}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{889B9312-74F4-4D3D-9940-E71139796F8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="522d1368-be8f-460d-b7e5-bd2505800a91"/>
+    <ds:schemaRef ds:uri="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42BF1869-F781-457D-91FE-705304B85F98}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96FD3124-3C74-4AF7-AB48-B5F49653BEFC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3016AAA5-1F67-421B-87A9-8544E2C7ADB2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bd41c62e-bdd6-45a5-a1d2-596d937e6b0b"/>
+    <ds:schemaRef ds:uri="522d1368-be8f-460d-b7e5-bd2505800a91"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96FD3124-3C74-4AF7-AB48-B5F49653BEFC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42BF1869-F781-457D-91FE-705304B85F98}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>1369</Words>
-  <Characters>8628</Characters>
+  <Words>1374</Words>
+  <Characters>8658</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9978</CharactersWithSpaces>
+  <CharactersWithSpaces>10012</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Daniela Rommel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006CBB64B92B12E54E8396EAAA0183E3A6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>492600</vt:r8>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>